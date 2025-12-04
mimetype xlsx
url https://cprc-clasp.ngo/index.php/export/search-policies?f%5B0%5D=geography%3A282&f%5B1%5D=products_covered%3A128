--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,286 +12,350 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-012. Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 20289-2006 GB 21519-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-012-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
   </si>
   <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
     <t>GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
   </si>
   <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
     <t>GB 26969-2011; GB/T 19141-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
+    <t>This standard applies only to Electrical storage water hearters.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
   </si>
   <si>
     <t>GB/T 18708
 ,   
                     GB/T 19741</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
+    <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
+  </si>
+  <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -555,589 +619,658 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="153" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="325.492" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="318.351" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G3" t="s">
+        <v>32</v>
       </c>
       <c r="H3">
         <v>2012</v>
       </c>
-      <c r="I3" t="s">
-        <v>28</v>
+      <c r="I3">
+        <v>2012</v>
       </c>
       <c r="J3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>42</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2012</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>32</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>25</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
         <v>31</v>
       </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>66</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>66</v>
+      </c>
+      <c r="G10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2025</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>66</v>
+      </c>
+      <c r="G11" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
-[...11 lines deleted...]
-      <c r="F4" t="s">
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>49</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="G4">
-[...329 lines deleted...]
-        <v>64</v>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>