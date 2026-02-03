--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,207 +12,232 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -476,281 +501,308 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="540.154" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>32</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="F3" t="s">
-[...66 lines deleted...]
-        <v>38</v>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>