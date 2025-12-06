--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,362 +12,489 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
   </si>
   <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
     <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -631,1017 +758,1146 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="352.628" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>34</v>
+      </c>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>48</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>53</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>68</v>
+      </c>
+      <c r="M9" t="s">
+        <v>48</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M10" t="s">
+        <v>48</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>78</v>
+      </c>
+      <c r="M11" t="s">
+        <v>48</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>79</v>
+      </c>
+      <c r="P11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>81</v>
+      </c>
+      <c r="B12" t="s">
+        <v>82</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" t="s">
+        <v>33</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>83</v>
+      </c>
+      <c r="M12" t="s">
+        <v>48</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" t="s">
+        <v>48</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...8 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F14" t="s">
+        <v>93</v>
+      </c>
+      <c r="G14" t="s">
+        <v>33</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>53</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N14" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>45</v>
+      </c>
+      <c r="F15" t="s">
+        <v>93</v>
+      </c>
+      <c r="G15" t="s">
+        <v>33</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>53</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>99</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>45</v>
+      </c>
+      <c r="F16" t="s">
+        <v>93</v>
+      </c>
+      <c r="G16" t="s">
+        <v>33</v>
+      </c>
+      <c r="H16">
+        <v>2003</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>53</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>104</v>
+      </c>
+      <c r="M16" t="s">
+        <v>105</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>106</v>
+      </c>
+      <c r="P16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>93</v>
+      </c>
+      <c r="G17" t="s">
+        <v>33</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
         <v>2013</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J17" t="s">
+        <v>53</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>110</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>111</v>
+      </c>
+      <c r="P17" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...8 lines deleted...]
-      <c r="M3" t="s">
+      <c r="F18" t="s">
+        <v>93</v>
+      </c>
+      <c r="G18" t="s">
+        <v>33</v>
+      </c>
+      <c r="H18">
+        <v>2003</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>53</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...10 lines deleted...]
-      <c r="C4" t="s">
+      <c r="L18" t="s">
+        <v>116</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>93</v>
+      </c>
+      <c r="G19" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
         <v>2020</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="J19" t="s">
+        <v>53</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>121</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>122</v>
+      </c>
+      <c r="P19" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="F20" t="s">
+        <v>93</v>
+      </c>
+      <c r="G20" t="s">
+        <v>33</v>
+      </c>
+      <c r="H20">
+        <v>2005</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>53</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
+      <c r="L20" t="s">
+        <v>126</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>129</v>
+      </c>
+      <c r="B21" t="s">
+        <v>130</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>93</v>
+      </c>
+      <c r="G21" t="s">
         <v>33</v>
       </c>
-    </row>
-[...35 lines deleted...]
-      <c r="M5" t="s">
+      <c r="H21">
+        <v>2003</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>53</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...10 lines deleted...]
-      <c r="C6" t="s">
+      <c r="L21" t="s">
+        <v>58</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
         <v>27</v>
       </c>
-      <c r="D6" t="s">
-[...682 lines deleted...]
-        <v>90</v>
+      <c r="O21" t="s">
+        <v>131</v>
+      </c>
+      <c r="P21" t="s">
+        <v>132</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>