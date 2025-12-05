--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,362 +12,477 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-020. Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use -including those with volume greater than 500L. Does not apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB/T 8059.1-1995 GB 12021.2-2008 GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-020-refrigerators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B63_%E5%AE%B6%E7%94%A8%E7%94%B5%E5%86%B0%E7%AE%B1%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439343-2020. Energy Conservation Certification Rules for Refrigerated Beverage Vending Machines</t>
   </si>
   <si>
+    <t>Apply to refrigerated beverage bending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 26920.3-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439343-2020-energy-conservation-certification-rules-refrigerated-beverage-vending</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-19/556980.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448104-2016. Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L. Does NOT apply to built-in type exhibition type with a transparent door or other specialized types.</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015; GB 19606-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448104-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492745.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448117-2016 Energy Conservation and Environmentally-friendly Certification Rules for Household Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to enclosed motor-drive and compressed type household refrigerators.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CQC 6104-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448117-2016-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-15/536899.shtml</t>
+  </si>
+  <si>
     <t>GB 12021.2-2015 The maximum allowable values of the energy consumption and energy efficiency grade for household refrigerators</t>
   </si>
   <si>
+    <t>Applies to motor-driven compressor type refrigerators that are for household use including those whose volume is bigger than 500L; also applies to wine coolers and built-in type refrigerating appliances.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 8059; IEC 62552-1; IEC 62552-2; IEC 62552-3</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2015-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D8094FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.2-2025 Maximum Allowable Values of Energy Consumption and Energy Efficiency Grade for Household Refrigerating Appliance</t>
+  </si>
+  <si>
+    <t>The new standard revises Minimum Energy Performance Standards (MEPS) for household refrigerators and semi-conductor refrigerators with volume no greater than 60 L. The revised MEPS significantly raises the minimum energy efficiency thresholds for mainstream refrigerators and freezers, tightening the requirements from Grade 5 (Total Energy Efficiency Index, TEEI: 90%) through to Grade 1+ (TEEI: 40%). For all refrigerators excluding semiconductor models, the Total Energy Efficiency Index (TEEI) will now serve as the sole metric for energy efficiency.</t>
+  </si>
+  <si>
+    <t>Published, Revised</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>IEC62552-3:2020
 ,   
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
+    <t>This policy covers refrigerated beverage vending machines.</t>
+  </si>
+  <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -631,885 +746,996 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N18"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="654.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2017</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2005</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...76 lines deleted...]
-        <v>2012</v>
+      <c r="G4" t="s">
+        <v>33</v>
       </c>
       <c r="H4">
         <v>2012</v>
       </c>
-      <c r="I4" t="s">
-        <v>20</v>
+      <c r="I4">
+        <v>2012</v>
       </c>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>47</v>
+      </c>
+      <c r="G6" t="s">
         <v>33</v>
-      </c>
-[...72 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
-      <c r="I6" t="s">
-        <v>43</v>
+      <c r="I6">
+        <v>2012</v>
       </c>
       <c r="J6" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>49</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>47</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>49</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>49</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>47</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>1999</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>49</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" t="s">
+        <v>33</v>
+      </c>
+      <c r="H11">
+        <v>1999</v>
+      </c>
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>49</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>87</v>
+      </c>
+      <c r="G12" t="s">
+        <v>88</v>
+      </c>
+      <c r="H12">
+        <v>1989</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>54</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>87</v>
+      </c>
+      <c r="G13" t="s">
+        <v>95</v>
+      </c>
+      <c r="H13">
+        <v>1989</v>
+      </c>
+      <c r="I13">
+        <v>2025</v>
+      </c>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>90</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>87</v>
+      </c>
+      <c r="G14" t="s">
+        <v>33</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>54</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
         <v>40</v>
       </c>
-      <c r="M6" t="s">
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>87</v>
+      </c>
+      <c r="G15" t="s">
+        <v>33</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>54</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
         <v>45</v>
       </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>87</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
+        <v>112</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
     </row>
-    <row r="7" spans="1:14">
-      <c r="A7" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>65</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>87</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>54</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" t="s">
         <v>46</v>
       </c>
-      <c r="B7" t="s">
-[...26 lines deleted...]
-      <c r="K7" t="s">
+      <c r="F18" t="s">
         <v>47</v>
       </c>
-      <c r="L7" t="s">
-[...2 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>123</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...94 lines deleted...]
-      <c r="C10" t="s">
+      <c r="L18" t="s">
+        <v>124</v>
+      </c>
+      <c r="M18" t="s">
+        <v>125</v>
+      </c>
+      <c r="N18" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...376 lines deleted...]
-        <v>89</v>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>