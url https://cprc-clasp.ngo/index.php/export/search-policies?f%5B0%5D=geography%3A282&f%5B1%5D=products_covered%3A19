--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,239 +12,292 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,365 +561,404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="157" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="418.755" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2007</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>1989</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L4" t="s">
         <v>25</v>
       </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...9 lines deleted...]
-      <c r="D3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
+        <v>2024</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>51</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
-[...153 lines deleted...]
-        <v>49</v>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>