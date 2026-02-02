--- v1 (2025-12-06)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -162,75 +162,69 @@
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
@@ -571,51 +565,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="418.755" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -795,134 +789,136 @@
       </c>
       <c r="L4" t="s">
         <v>25</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>41</v>
       </c>
       <c r="P4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>43</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
       <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>32</v>
       </c>
       <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
         <v>47</v>
-      </c>
-[...8 lines deleted...]
-        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>49</v>
+      </c>
+      <c r="O5" t="s">
         <v>50</v>
       </c>
-      <c r="N5" t="s">
+      <c r="P5" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">