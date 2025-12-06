--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,712 +12,1004 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
   </si>
   <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
   </si>
   <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
     <t>CQC 3168-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
   </si>
   <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
     <t>CQC 3176-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
   </si>
   <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>CQC 3133-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
   </si>
   <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Water</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -981,2307 +1273,2616 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N51"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="208" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="208.663" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I5">
+        <v>2021</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...6 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8">
+        <v>2005</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...29 lines deleted...]
-      <c r="I4" t="s">
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...99 lines deleted...]
-      <c r="A7" t="s">
+      <c r="G11" t="s">
         <v>45</v>
-      </c>
-[...188 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>85</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...2 lines deleted...]
-      <c r="L11" t="s">
+      <c r="G12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>2005</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="M11" t="s">
-[...7 lines deleted...]
-      <c r="A12" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>91</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>102</v>
+      </c>
+      <c r="E14" t="s">
+        <v>103</v>
+      </c>
+      <c r="F14" t="s">
+        <v>104</v>
+      </c>
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>32</v>
+      </c>
+      <c r="K14" t="s">
+        <v>105</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>107</v>
+      </c>
+      <c r="N14" t="s">
+        <v>85</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>90</v>
+      </c>
+      <c r="E15" t="s">
+        <v>103</v>
+      </c>
+      <c r="F15" t="s">
+        <v>104</v>
+      </c>
+      <c r="G15" t="s">
+        <v>45</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>32</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>107</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>90</v>
+      </c>
+      <c r="E16" t="s">
+        <v>103</v>
+      </c>
+      <c r="F16" t="s">
+        <v>104</v>
+      </c>
+      <c r="G16" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16">
+        <v>2003</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
+      <c r="J16" t="s">
+        <v>32</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>91</v>
+      </c>
+      <c r="M16" t="s">
+        <v>107</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>103</v>
+      </c>
+      <c r="F17" t="s">
+        <v>104</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>121</v>
+      </c>
+      <c r="M17" t="s">
+        <v>107</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>90</v>
+      </c>
+      <c r="E18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F18" t="s">
+        <v>104</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>121</v>
+      </c>
+      <c r="M18" t="s">
+        <v>107</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>103</v>
+      </c>
+      <c r="F19" t="s">
+        <v>104</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2019</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>130</v>
+      </c>
+      <c r="M19" t="s">
+        <v>107</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>131</v>
+      </c>
+      <c r="P19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>133</v>
+      </c>
+      <c r="B20" t="s">
+        <v>134</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>38</v>
+      </c>
+      <c r="E20" t="s">
+        <v>103</v>
+      </c>
+      <c r="F20" t="s">
+        <v>104</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>32</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>135</v>
+      </c>
+      <c r="M20" t="s">
+        <v>107</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>103</v>
+      </c>
+      <c r="F21" t="s">
+        <v>104</v>
+      </c>
+      <c r="G21" t="s">
+        <v>45</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2010</v>
+      </c>
+      <c r="J21" t="s">
+        <v>32</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>140</v>
+      </c>
+      <c r="M21" t="s">
+        <v>107</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>38</v>
+      </c>
+      <c r="E22" t="s">
+        <v>103</v>
+      </c>
+      <c r="F22" t="s">
+        <v>104</v>
+      </c>
+      <c r="G22" t="s">
+        <v>45</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
+        <v>2016</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>107</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>103</v>
+      </c>
+      <c r="F23" t="s">
+        <v>104</v>
+      </c>
+      <c r="G23" t="s">
+        <v>45</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2013</v>
+      </c>
+      <c r="J23" t="s">
+        <v>32</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>149</v>
+      </c>
+      <c r="M23" t="s">
+        <v>107</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>150</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>90</v>
+      </c>
+      <c r="E24" t="s">
+        <v>103</v>
+      </c>
+      <c r="F24" t="s">
+        <v>104</v>
+      </c>
+      <c r="G24" t="s">
+        <v>45</v>
+      </c>
+      <c r="H24">
+        <v>2003</v>
+      </c>
+      <c r="I24">
+        <v>2016</v>
+      </c>
+      <c r="J24" t="s">
+        <v>32</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>154</v>
+      </c>
+      <c r="M24" t="s">
+        <v>107</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>155</v>
+      </c>
+      <c r="P24" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>157</v>
+      </c>
+      <c r="B25" t="s">
+        <v>158</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>83</v>
+      </c>
+      <c r="E25" t="s">
+        <v>103</v>
+      </c>
+      <c r="F25" t="s">
+        <v>104</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>32</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>84</v>
+      </c>
+      <c r="M25" t="s">
+        <v>107</v>
+      </c>
+      <c r="N25" t="s">
+        <v>85</v>
+      </c>
+      <c r="O25" t="s">
+        <v>159</v>
+      </c>
+      <c r="P25" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>161</v>
+      </c>
+      <c r="B26" t="s">
+        <v>162</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>163</v>
+      </c>
+      <c r="E26" t="s">
+        <v>103</v>
+      </c>
+      <c r="F26" t="s">
+        <v>104</v>
+      </c>
+      <c r="G26" t="s">
+        <v>45</v>
+      </c>
+      <c r="H26">
+        <v>2004</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>32</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>164</v>
+      </c>
+      <c r="M26" t="s">
+        <v>107</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>165</v>
+      </c>
+      <c r="P26" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>167</v>
+      </c>
+      <c r="B27" t="s">
+        <v>168</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>59</v>
+      </c>
+      <c r="E27" t="s">
+        <v>103</v>
+      </c>
+      <c r="F27" t="s">
+        <v>104</v>
+      </c>
+      <c r="G27" t="s">
+        <v>45</v>
+      </c>
+      <c r="H27">
+        <v>2002</v>
+      </c>
+      <c r="I27">
+        <v>2018</v>
+      </c>
+      <c r="J27" t="s">
+        <v>32</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>169</v>
+      </c>
+      <c r="M27" t="s">
+        <v>107</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>170</v>
+      </c>
+      <c r="P27" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>172</v>
+      </c>
+      <c r="B28" t="s">
+        <v>173</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>59</v>
+      </c>
+      <c r="E28" t="s">
+        <v>103</v>
+      </c>
+      <c r="F28" t="s">
+        <v>104</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2018</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>174</v>
+      </c>
+      <c r="M28" t="s">
+        <v>107</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>175</v>
+      </c>
+      <c r="P28" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>177</v>
+      </c>
+      <c r="B29" t="s">
+        <v>178</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>59</v>
+      </c>
+      <c r="E29" t="s">
+        <v>103</v>
+      </c>
+      <c r="F29" t="s">
+        <v>104</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2020</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>179</v>
+      </c>
+      <c r="M29" t="s">
+        <v>107</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>180</v>
+      </c>
+      <c r="P29" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>182</v>
+      </c>
+      <c r="B30" t="s">
+        <v>183</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>102</v>
+      </c>
+      <c r="E30" t="s">
+        <v>103</v>
+      </c>
+      <c r="F30" t="s">
+        <v>104</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>32</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>184</v>
+      </c>
+      <c r="M30" t="s">
+        <v>107</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>187</v>
+      </c>
+      <c r="B31" t="s">
+        <v>188</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>102</v>
+      </c>
+      <c r="E31" t="s">
+        <v>103</v>
+      </c>
+      <c r="F31" t="s">
+        <v>104</v>
+      </c>
+      <c r="G31" t="s">
+        <v>45</v>
+      </c>
+      <c r="H31">
+        <v>2002</v>
+      </c>
+      <c r="I31">
+        <v>2017</v>
+      </c>
+      <c r="J31" t="s">
+        <v>32</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>189</v>
+      </c>
+      <c r="M31" t="s">
+        <v>107</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>190</v>
+      </c>
+      <c r="P31" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>192</v>
+      </c>
+      <c r="B32" t="s">
+        <v>193</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>102</v>
+      </c>
+      <c r="E32" t="s">
+        <v>103</v>
+      </c>
+      <c r="F32" t="s">
+        <v>104</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>32</v>
+      </c>
+      <c r="K32" t="s">
+        <v>194</v>
+      </c>
+      <c r="L32" t="s">
+        <v>195</v>
+      </c>
+      <c r="M32" t="s">
+        <v>107</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>196</v>
+      </c>
+      <c r="P32" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>198</v>
+      </c>
+      <c r="B33" t="s">
+        <v>199</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>38</v>
+      </c>
+      <c r="E33" t="s">
+        <v>103</v>
+      </c>
+      <c r="F33" t="s">
+        <v>104</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2019</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>200</v>
+      </c>
+      <c r="M33" t="s">
+        <v>107</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>201</v>
+      </c>
+      <c r="P33" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>203</v>
+      </c>
+      <c r="B34" t="s">
+        <v>204</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>205</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>206</v>
+      </c>
+      <c r="G34" t="s">
+        <v>207</v>
+      </c>
+      <c r="H34">
+        <v>1989</v>
+      </c>
+      <c r="I34">
+        <v>2009</v>
+      </c>
+      <c r="J34" t="s">
+        <v>208</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>78</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>209</v>
+      </c>
+      <c r="P34" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>211</v>
+      </c>
+      <c r="B35" t="s">
+        <v>212</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>205</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>206</v>
+      </c>
+      <c r="G35" t="s">
+        <v>45</v>
+      </c>
+      <c r="H35">
+        <v>1989</v>
+      </c>
+      <c r="I35">
+        <v>2021</v>
+      </c>
+      <c r="J35" t="s">
+        <v>208</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>213</v>
+      </c>
+      <c r="M35" t="s">
+        <v>214</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>215</v>
+      </c>
+      <c r="P35" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>217</v>
+      </c>
+      <c r="B36" t="s">
+        <v>218</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>90</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>206</v>
+      </c>
+      <c r="G36" t="s">
+        <v>45</v>
+      </c>
+      <c r="H36">
+        <v>1989</v>
+      </c>
+      <c r="I36">
+        <v>2018</v>
+      </c>
+      <c r="J36" t="s">
+        <v>32</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
         <v>66</v>
       </c>
-      <c r="B12" t="s">
-[...17 lines deleted...]
-      <c r="H12">
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>219</v>
+      </c>
+      <c r="P36" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>221</v>
+      </c>
+      <c r="B37" t="s">
+        <v>222</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>38</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>206</v>
+      </c>
+      <c r="G37" t="s">
+        <v>45</v>
+      </c>
+      <c r="H37">
+        <v>2004</v>
+      </c>
+      <c r="I37">
+        <v>2017</v>
+      </c>
+      <c r="J37" t="s">
+        <v>32</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>223</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>224</v>
+      </c>
+      <c r="P37" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>226</v>
+      </c>
+      <c r="B38" t="s">
+        <v>227</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>228</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>206</v>
+      </c>
+      <c r="G38" t="s">
+        <v>229</v>
+      </c>
+      <c r="H38">
+        <v>2024</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>230</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>231</v>
+      </c>
+      <c r="M38" t="s">
+        <v>232</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>233</v>
+      </c>
+      <c r="P38" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>235</v>
+      </c>
+      <c r="B39" t="s">
+        <v>158</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>83</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>206</v>
+      </c>
+      <c r="G39" t="s">
+        <v>45</v>
+      </c>
+      <c r="H39">
         <v>2010</v>
       </c>
-      <c r="I12" t="s">
+      <c r="I39">
+        <v>2021</v>
+      </c>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>236</v>
+      </c>
+      <c r="M39" t="s">
+        <v>26</v>
+      </c>
+      <c r="N39" t="s">
+        <v>85</v>
+      </c>
+      <c r="O39" t="s">
+        <v>237</v>
+      </c>
+      <c r="P39" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>239</v>
+      </c>
+      <c r="B40" t="s">
+        <v>139</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
         <v>20</v>
       </c>
-      <c r="J12" t="s">
-[...1202 lines deleted...]
-      </c>
       <c r="F40" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>206</v>
+      </c>
+      <c r="G40" t="s">
+        <v>45</v>
       </c>
       <c r="H40">
         <v>2008</v>
       </c>
-      <c r="I40" t="s">
-        <v>27</v>
+      <c r="I40">
+        <v>2008</v>
       </c>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="K40" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
+        <v>72</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>240</v>
+      </c>
+      <c r="P40" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>242</v>
+      </c>
+      <c r="B41" t="s">
+        <v>111</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>90</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>206</v>
+      </c>
+      <c r="G41" t="s">
+        <v>45</v>
+      </c>
+      <c r="H41">
+        <v>1989</v>
+      </c>
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
         <v>23</v>
       </c>
-      <c r="M40" t="s">
-[...16 lines deleted...]
-      <c r="D41" t="s">
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>243</v>
+      </c>
+      <c r="M41" t="s">
+        <v>244</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>245</v>
+      </c>
+      <c r="P41" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>247</v>
+      </c>
+      <c r="B42" t="s">
+        <v>248</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>102</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>206</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42">
+        <v>2021</v>
+      </c>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>194</v>
+      </c>
+      <c r="L42" t="s">
+        <v>249</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>85</v>
+      </c>
+      <c r="O42" t="s">
+        <v>250</v>
+      </c>
+      <c r="P42" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>252</v>
+      </c>
+      <c r="B43" t="s">
+        <v>253</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>102</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>206</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>32</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>254</v>
+      </c>
+      <c r="M43" t="s">
+        <v>255</v>
+      </c>
+      <c r="N43" t="s">
+        <v>85</v>
+      </c>
+      <c r="O43" t="s">
+        <v>256</v>
+      </c>
+      <c r="P43" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>258</v>
+      </c>
+      <c r="B44" t="s">
+        <v>259</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>83</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>206</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>260</v>
+      </c>
+      <c r="M44" t="s">
+        <v>255</v>
+      </c>
+      <c r="N44" t="s">
+        <v>85</v>
+      </c>
+      <c r="O44" t="s">
+        <v>261</v>
+      </c>
+      <c r="P44" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>263</v>
+      </c>
+      <c r="B45" t="s">
+        <v>31</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>38</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>206</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>33</v>
+      </c>
+      <c r="M45" t="s">
+        <v>255</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>264</v>
+      </c>
+      <c r="P45" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>266</v>
+      </c>
+      <c r="B46" t="s">
+        <v>267</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>59</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>206</v>
+      </c>
+      <c r="G46" t="s">
+        <v>45</v>
+      </c>
+      <c r="H46">
+        <v>2008</v>
+      </c>
+      <c r="I46">
+        <v>2015</v>
+      </c>
+      <c r="J46" t="s">
+        <v>32</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>268</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>269</v>
+      </c>
+      <c r="P46" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>271</v>
+      </c>
+      <c r="B47" t="s">
+        <v>272</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>206</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>32</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>273</v>
+      </c>
+      <c r="M47" t="s">
+        <v>255</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>274</v>
+      </c>
+      <c r="P47" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>276</v>
+      </c>
+      <c r="B48" t="s">
         <v>17</v>
       </c>
-      <c r="E41" t="s">
-[...8 lines deleted...]
-      <c r="H41">
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>206</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2020</v>
       </c>
-      <c r="I41" t="s">
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>23</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>25</v>
+      </c>
+      <c r="M48" t="s">
+        <v>255</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>277</v>
+      </c>
+      <c r="P48" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>279</v>
+      </c>
+      <c r="B49" t="s">
+        <v>58</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>59</v>
+      </c>
+      <c r="E49" t="s">
         <v>20</v>
       </c>
-      <c r="J41" t="s">
-[...37 lines deleted...]
-      <c r="H42">
+      <c r="F49" t="s">
+        <v>206</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2020</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>60</v>
+      </c>
+      <c r="M49" t="s">
+        <v>255</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>280</v>
+      </c>
+      <c r="P49" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>282</v>
+      </c>
+      <c r="B50" t="s">
+        <v>283</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>102</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>206</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2020</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>23</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>284</v>
+      </c>
+      <c r="M50" t="s">
+        <v>255</v>
+      </c>
+      <c r="N50" t="s">
+        <v>85</v>
+      </c>
+      <c r="O50" t="s">
+        <v>285</v>
+      </c>
+      <c r="P50" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>287</v>
+      </c>
+      <c r="B51" t="s">
+        <v>288</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>289</v>
+      </c>
+      <c r="E51" t="s">
+        <v>103</v>
+      </c>
+      <c r="F51" t="s">
+        <v>104</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2021</v>
       </c>
-      <c r="I42" t="s">
-[...151 lines deleted...]
-      <c r="C46" t="s">
+      <c r="I51"/>
+      <c r="J51" t="s">
         <v>46</v>
       </c>
-      <c r="D46" t="s">
-[...229 lines deleted...]
-      </c>
       <c r="K51" t="s">
-        <v>194</v>
+        <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>195</v>
+        <v>290</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>291</v>
       </c>
       <c r="N51" t="s">
-        <v>196</v>
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>292</v>
+      </c>
+      <c r="P51" t="s">
+        <v>293</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>