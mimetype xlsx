--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,572 +12,835 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
+    <t>This policy covers directional integrated LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
   </si>
   <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
     <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465137-2013. CQC Mark Certification. Self-ballasted LED reflector Lamps</t>
   </si>
   <si>
+    <t>Apply to self-ballasted LED reflector lamps E27; operating under the conditions of 220V 50Hz and with the rated power of 60W or below</t>
+  </si>
+  <si>
     <t>CQC 3129-2013, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465137-2013-cqc-mark-certification-self-ballasted-led-reflector-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492710.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
+    <t>This standards revised minimum energy performance standards and rating for
+ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
+electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
+independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
+and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
+  </si>
+  <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V rated frequency of 50Hz and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C60DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic and electronic ballasts for single capped metal halide lamps with rated 220V; frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB/T 2829; GB/T 15042; GB 17625.1; GB 17743; GB 19510.10; GB 19510.13; GB/T 26697; QB/T 2511; QB/T 2878</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling electrodeless ballasts which have rated power between 30W and 400W, use 220V and 50Hz AC power supply and are used for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>GB 29143</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -841,2005 +1104,2272 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N44"/>
+  <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="679.406" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6">
         <v>2008</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...27 lines deleted...]
-      <c r="L3" t="s">
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...204 lines deleted...]
-      </c>
       <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>65</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9" t="s">
+        <v>63</v>
+      </c>
+      <c r="G9" t="s">
         <v>50</v>
-      </c>
-[...30 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H9">
         <v>2010</v>
       </c>
-      <c r="I9" t="s">
-        <v>35</v>
+      <c r="I9">
+        <v>2010</v>
       </c>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K9" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N9" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="E10" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
+        <v>50</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
-      <c r="I10" t="s">
-        <v>35</v>
+      <c r="I10">
+        <v>2010</v>
       </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K10" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>51</v>
+        <v>76</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N10" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11">
+        <v>2000</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>44</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>64</v>
+      </c>
+      <c r="M11" t="s">
+        <v>65</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" t="s">
+        <v>63</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M12" t="s">
+        <v>65</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
         <v>49</v>
       </c>
-      <c r="F11" t="s">
-[...28 lines deleted...]
-      <c r="A12" t="s">
+      <c r="E13" t="s">
         <v>62</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="F13" t="s">
         <v>63</v>
       </c>
-      <c r="D12" t="s">
-[...50 lines deleted...]
-      <c r="G13">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2013</v>
       </c>
-      <c r="H13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K13" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>51</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N13" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="B14" t="s">
-        <v>15</v>
+        <v>94</v>
       </c>
       <c r="C14" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>44</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>95</v>
+      </c>
+      <c r="M14" t="s">
+        <v>65</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
+      <c r="M15" t="s">
+        <v>65</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
         <v>49</v>
       </c>
-      <c r="F14" t="s">
+      <c r="E16" t="s">
+        <v>62</v>
+      </c>
+      <c r="F16" t="s">
+        <v>63</v>
+      </c>
+      <c r="G16" t="s">
+        <v>50</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>44</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>104</v>
+      </c>
+      <c r="M16" t="s">
+        <v>65</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>105</v>
+      </c>
+      <c r="P16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F17" t="s">
+        <v>63</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>44</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>109</v>
+      </c>
+      <c r="M17" t="s">
+        <v>65</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>110</v>
+      </c>
+      <c r="P17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E18" t="s">
+        <v>62</v>
+      </c>
+      <c r="F18" t="s">
+        <v>63</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>44</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>114</v>
+      </c>
+      <c r="M18" t="s">
+        <v>65</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>115</v>
+      </c>
+      <c r="P18" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>117</v>
+      </c>
+      <c r="B19" t="s">
+        <v>118</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" t="s">
+        <v>62</v>
+      </c>
+      <c r="F19" t="s">
+        <v>63</v>
+      </c>
+      <c r="G19" t="s">
+        <v>50</v>
+      </c>
+      <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>119</v>
+      </c>
+      <c r="M19" t="s">
+        <v>65</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>120</v>
+      </c>
+      <c r="P19" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>122</v>
+      </c>
+      <c r="B20" t="s">
+        <v>123</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>61</v>
+      </c>
+      <c r="E20" t="s">
+        <v>62</v>
+      </c>
+      <c r="F20" t="s">
+        <v>63</v>
+      </c>
+      <c r="G20" t="s">
+        <v>50</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>44</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>124</v>
+      </c>
+      <c r="M20" t="s">
+        <v>65</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>125</v>
+      </c>
+      <c r="P20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>127</v>
+      </c>
+      <c r="B21" t="s">
+        <v>128</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>43</v>
+      </c>
+      <c r="E21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F21" t="s">
+        <v>63</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2014</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>44</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>129</v>
+      </c>
+      <c r="M21" t="s">
+        <v>65</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>130</v>
+      </c>
+      <c r="P21" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>132</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>49</v>
+      </c>
+      <c r="E22" t="s">
+        <v>62</v>
+      </c>
+      <c r="F22" t="s">
+        <v>63</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2014</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>134</v>
+      </c>
+      <c r="M22" t="s">
+        <v>65</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>135</v>
+      </c>
+      <c r="P22" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>137</v>
+      </c>
+      <c r="B23" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>43</v>
+      </c>
+      <c r="E23" t="s">
+        <v>62</v>
+      </c>
+      <c r="F23" t="s">
+        <v>63</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>139</v>
+      </c>
+      <c r="M23" t="s">
+        <v>65</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>140</v>
+      </c>
+      <c r="P23" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>142</v>
+      </c>
+      <c r="B24" t="s">
+        <v>143</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" t="s">
+        <v>62</v>
+      </c>
+      <c r="F24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2019</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>44</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>144</v>
+      </c>
+      <c r="M24" t="s">
+        <v>65</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>145</v>
+      </c>
+      <c r="P24" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>147</v>
+      </c>
+      <c r="B25" t="s">
+        <v>148</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
         <v>19</v>
       </c>
-      <c r="G14">
+      <c r="E25" t="s">
+        <v>62</v>
+      </c>
+      <c r="F25" t="s">
+        <v>63</v>
+      </c>
+      <c r="G25" t="s">
+        <v>50</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25">
+        <v>2018</v>
+      </c>
+      <c r="J25" t="s">
+        <v>44</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>149</v>
+      </c>
+      <c r="M25" t="s">
+        <v>65</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>150</v>
+      </c>
+      <c r="P25" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>152</v>
+      </c>
+      <c r="B26" t="s">
+        <v>153</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>62</v>
+      </c>
+      <c r="F26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26">
+        <v>2017</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>154</v>
+      </c>
+      <c r="M26" t="s">
+        <v>65</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>155</v>
+      </c>
+      <c r="P26" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>157</v>
+      </c>
+      <c r="B27" t="s">
+        <v>158</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>62</v>
+      </c>
+      <c r="F27" t="s">
+        <v>63</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2019</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>159</v>
+      </c>
+      <c r="M27" t="s">
+        <v>65</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>160</v>
+      </c>
+      <c r="P27" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>162</v>
+      </c>
+      <c r="B28" t="s">
+        <v>163</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>70</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>164</v>
+      </c>
+      <c r="G28" t="s">
+        <v>165</v>
+      </c>
+      <c r="H28">
+        <v>2000</v>
+      </c>
+      <c r="I28">
+        <v>2012</v>
+      </c>
+      <c r="J28" t="s">
+        <v>166</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>167</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>168</v>
+      </c>
+      <c r="P28" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>170</v>
+      </c>
+      <c r="B29" t="s">
+        <v>171</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>172</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>164</v>
+      </c>
+      <c r="G29" t="s">
+        <v>50</v>
+      </c>
+      <c r="H29">
+        <v>1999</v>
+      </c>
+      <c r="I29">
+        <v>2022</v>
+      </c>
+      <c r="J29" t="s">
+        <v>166</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>173</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>174</v>
+      </c>
+      <c r="P29" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>176</v>
+      </c>
+      <c r="B30" t="s">
+        <v>177</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>49</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>164</v>
+      </c>
+      <c r="G30" t="s">
+        <v>50</v>
+      </c>
+      <c r="H30">
+        <v>2003</v>
+      </c>
+      <c r="I30">
         <v>2013</v>
       </c>
-      <c r="H14"/>
-[...32 lines deleted...]
-      <c r="E15" t="s">
+      <c r="J30" t="s">
+        <v>44</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>178</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>179</v>
+      </c>
+      <c r="P30" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>181</v>
+      </c>
+      <c r="B31" t="s">
+        <v>182</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
         <v>49</v>
       </c>
-      <c r="F15" t="s">
+      <c r="E31" t="s">
+        <v>62</v>
+      </c>
+      <c r="F31" t="s">
+        <v>164</v>
+      </c>
+      <c r="G31" t="s">
+        <v>50</v>
+      </c>
+      <c r="H31">
+        <v>2003</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
+      <c r="J31" t="s">
+        <v>44</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>183</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>184</v>
+      </c>
+      <c r="P31" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>186</v>
+      </c>
+      <c r="B32" t="s">
+        <v>99</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
         <v>19</v>
       </c>
-      <c r="G15">
-[...305 lines deleted...]
-      <c r="I22" t="s">
+      <c r="E32" t="s">
         <v>20</v>
       </c>
-      <c r="J22" t="s">
-[...418 lines deleted...]
-      </c>
       <c r="F32" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>164</v>
+      </c>
+      <c r="G32" t="s">
+        <v>50</v>
       </c>
       <c r="H32">
         <v>2005</v>
       </c>
-      <c r="I32" t="s">
-        <v>35</v>
+      <c r="I32">
+        <v>2005</v>
       </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K32" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N32" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>187</v>
+      </c>
+      <c r="P32" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>126</v>
+        <v>189</v>
       </c>
       <c r="B33" t="s">
-        <v>15</v>
+        <v>190</v>
       </c>
       <c r="C33" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E33" t="s">
-        <v>110</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>164</v>
+      </c>
+      <c r="G33" t="s">
+        <v>165</v>
       </c>
       <c r="H33">
         <v>2005</v>
       </c>
-      <c r="I33" t="s">
-        <v>35</v>
+      <c r="I33">
+        <v>2004</v>
       </c>
       <c r="J33" t="s">
-        <v>21</v>
+        <v>166</v>
       </c>
       <c r="K33" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
+        <v>71</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>191</v>
+      </c>
+      <c r="P33" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>193</v>
+      </c>
+      <c r="B34" t="s">
+        <v>194</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>70</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>164</v>
+      </c>
+      <c r="G34" t="s">
+        <v>165</v>
+      </c>
+      <c r="H34">
+        <v>2005</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>166</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>195</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>196</v>
+      </c>
+      <c r="P34" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>198</v>
+      </c>
+      <c r="B35" t="s">
+        <v>199</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>49</v>
+      </c>
+      <c r="E35" t="s">
+        <v>62</v>
+      </c>
+      <c r="F35" t="s">
+        <v>164</v>
+      </c>
+      <c r="G35" t="s">
+        <v>50</v>
+      </c>
+      <c r="H35">
+        <v>2003</v>
+      </c>
+      <c r="I35">
+        <v>2017</v>
+      </c>
+      <c r="J35" t="s">
+        <v>44</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>200</v>
+      </c>
+      <c r="M35" t="s">
+        <v>201</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>202</v>
+      </c>
+      <c r="P35" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>204</v>
+      </c>
+      <c r="B36" t="s">
+        <v>205</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>49</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>164</v>
+      </c>
+      <c r="G36" t="s">
+        <v>50</v>
+      </c>
+      <c r="H36">
+        <v>2003</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>44</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>206</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>207</v>
+      </c>
+      <c r="P36" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>209</v>
+      </c>
+      <c r="B37" t="s">
+        <v>210</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>70</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>164</v>
+      </c>
+      <c r="G37" t="s">
+        <v>165</v>
+      </c>
+      <c r="H37">
+        <v>2000</v>
+      </c>
+      <c r="I37">
+        <v>2012</v>
+      </c>
+      <c r="J37" t="s">
+        <v>44</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>211</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>212</v>
+      </c>
+      <c r="P37" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>214</v>
+      </c>
+      <c r="B38" t="s">
+        <v>215</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>216</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>164</v>
+      </c>
+      <c r="G38" t="s">
+        <v>50</v>
+      </c>
+      <c r="H38">
+        <v>2003</v>
+      </c>
+      <c r="I38">
+        <v>2013</v>
+      </c>
+      <c r="J38" t="s">
+        <v>44</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>217</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>218</v>
+      </c>
+      <c r="P38" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>220</v>
+      </c>
+      <c r="B39" t="s">
+        <v>221</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>49</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>164</v>
+      </c>
+      <c r="G39" t="s">
+        <v>50</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39">
+        <v>2020</v>
+      </c>
+      <c r="J39" t="s">
+        <v>44</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>222</v>
+      </c>
+      <c r="M39" t="s">
+        <v>26</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>223</v>
+      </c>
+      <c r="P39" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>225</v>
+      </c>
+      <c r="B40" t="s">
+        <v>226</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>49</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>164</v>
+      </c>
+      <c r="G40" t="s">
+        <v>50</v>
+      </c>
+      <c r="H40">
+        <v>2005</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>44</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>227</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>228</v>
+      </c>
+      <c r="P40" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>230</v>
+      </c>
+      <c r="B41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>164</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2020</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
         <v>23</v>
       </c>
-      <c r="M33" t="s">
-[...40 lines deleted...]
-      <c r="L34" t="s">
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>38</v>
+      </c>
+      <c r="M41" t="s">
+        <v>201</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>231</v>
+      </c>
+      <c r="P41" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>233</v>
+      </c>
+      <c r="B42" t="s">
+        <v>234</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>164</v>
+      </c>
+      <c r="G42" t="s">
+        <v>8</v>
+      </c>
+      <c r="H42">
+        <v>1989</v>
+      </c>
+      <c r="I42">
+        <v>2025</v>
+      </c>
+      <c r="J42" t="s">
+        <v>235</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>236</v>
+      </c>
+      <c r="M42" t="s">
+        <v>173</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>237</v>
+      </c>
+      <c r="P42" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>239</v>
+      </c>
+      <c r="B43" t="s">
+        <v>240</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>43</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>164</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2021</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
         <v>23</v>
       </c>
-      <c r="M34" t="s">
-[...25 lines deleted...]
-      <c r="G35">
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>38</v>
+      </c>
+      <c r="M43" t="s">
+        <v>201</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>241</v>
+      </c>
+      <c r="P43" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>243</v>
+      </c>
+      <c r="B44" t="s">
+        <v>244</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>61</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>164</v>
+      </c>
+      <c r="G44" t="s">
+        <v>50</v>
+      </c>
+      <c r="H44">
         <v>2003</v>
       </c>
-      <c r="H35">
-[...43 lines deleted...]
-      <c r="H36">
+      <c r="I44">
         <v>2013</v>
       </c>
-      <c r="I36" t="s">
-[...349 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="K44" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N44" t="s">
-        <v>160</v>
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>245</v>
+      </c>
+      <c r="P44" t="s">
+        <v>246</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>