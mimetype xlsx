--- v1 (2025-12-05)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -709,50 +709,53 @@
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
     <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
   </si>
   <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
     <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
   </si>
@@ -1118,51 +1121,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="679.406" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3116,224 +3119,224 @@
       </c>
       <c r="P40" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>230</v>
       </c>
       <c r="B41" t="s">
         <v>37</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>19</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>164</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>231</v>
       </c>
       <c r="H41">
         <v>2020</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
         <v>38</v>
       </c>
       <c r="M41" t="s">
         <v>201</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P41" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B42" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
         <v>19</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>164</v>
       </c>
       <c r="G42" t="s">
         <v>8</v>
       </c>
       <c r="H42">
         <v>1989</v>
       </c>
       <c r="I42">
         <v>2025</v>
       </c>
       <c r="J42" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M42" t="s">
         <v>173</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P42" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B43" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
         <v>43</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>164</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2021</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
         <v>38</v>
       </c>
       <c r="M43" t="s">
         <v>201</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P43" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B44" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>61</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>164</v>
       </c>
       <c r="G44" t="s">
         <v>50</v>
       </c>
       <c r="H44">
         <v>2003</v>
       </c>
       <c r="I44">
         <v>2013</v>
       </c>
       <c r="J44" t="s">
         <v>44</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>95</v>
       </c>
       <c r="M44" t="s">
         <v>26</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P44" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">