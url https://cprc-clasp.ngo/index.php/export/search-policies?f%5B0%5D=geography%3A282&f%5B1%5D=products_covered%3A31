--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -12,201 +12,226 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -470,283 +495,310 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="424.611" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
         <v>2012</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...5 lines deleted...]
-      <c r="D3" t="s">
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
-[...71 lines deleted...]
-        <v>36</v>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>