--- v0 (2025-10-10)
+++ v1 (2025-12-05)
@@ -12,230 +12,264 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -499,367 +533,404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="133" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="146" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="133.253" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="146.107" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2022</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>48</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...8 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2006</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...5 lines deleted...]
-      <c r="D3" t="s">
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
-[...157 lines deleted...]
-        <v>46</v>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>