--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,352 +12,446 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448314-2013. Energy Conservation Certification Rules for Solar Collectors</t>
   </si>
   <si>
+    <t>Apply to solar collectors</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>CQC3188-2012</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448314-2013-energy-conservation-certification-rules-solar-collectors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/509581.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461234-2009. CQC Mark Certification - Uninterruptible Power Supplies (UPS)</t>
   </si>
   <si>
+    <t>This policy applies to uninterruptible power supplies.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3108-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461234-2009-cqc-mark-certification-uninterruptible-power-supplies-ups</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492771.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461235-2014. CQC Mark Certification - Switch power supply of computers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to products as the internal switch of computers which working under normal grid voltage including ordinary desktop computers; high level desktop computers; working station, etc.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CQC 3112-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461235-2014-cqc-mark-certification-switch-power-supply-computers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492782.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461236-2014. CQC Marking Certification: single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to power supplies operating under under 220V and 50Hz;  which transfer AC grid's voltage to a fixed and single way low voltage DC current; no more than 36V; or low voltage AC; no more than 36V; and rated output power is no larger than 250W.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461236-2014-cqc-marking-certification-single-voltage-external-ac-dc-and-ac-ac-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492783.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461289-2021 Energy Conservation Certification Rules for Low-Voltage Reactive Power Compensation Assemblies</t>
+  </si>
+  <si>
+    <t>This policy contains Energy Conservation Certification Rules for low-voltage reactive power compensation assemblies. It applies to low-voltage reactive power compensation assemblies with a rated AC voltage not exceeding 1000 V (or 1140 V) and a frequency not exceeding 1000 Hz</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 15576-2020
 ,   
                     CQC3179-2021</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461289-2021-energy-conservation-certification-rules-low-voltage-reactive-power</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-12-17/558553.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2021. Energy Conservation Certification Rules for Step-down Power Saving Devices</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification rules for step-down power-saving devices. It applies to low voltage distribution savers with a rated voltage lower than 1000 V, rated frequency of 50 Hz, and rated capacity no more than 2500 kVA.</t>
+  </si>
+  <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2021-energy-conservation-certification-rules-step-down-power-saving-devices</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-05-26/492772.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462213-2015. Energy Conservation Certification Rules for Closed Insulated Busways</t>
   </si>
   <si>
+    <t>Apply to closed insulated busways</t>
+  </si>
+  <si>
     <t>CQC3131-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462213-2015-energy-conservation-certification-rules-closed-insulated-busways</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492856.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462227-2021. Energy Conservation Certification Rules for Low-Voltage Switchgear Assemblies</t>
   </si>
   <si>
+    <t>Apply to low-voltage switchgear assemblies</t>
+  </si>
+  <si>
     <t>CQC3177-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462227-2021-energy-conservation-certification-rules-low-voltage-switchgear</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39718</t>
+  </si>
+  <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
+    <t>Apply to electric vehicle off-board charger</t>
+  </si>
+  <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
+    <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -621,795 +715,894 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="193" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="576.716" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...12 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...34 lines deleted...]
-      <c r="M3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>44</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>44</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>32</v>
       </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6">
+        <v>2005</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>44</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="F7" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...18 lines deleted...]
-      <c r="K4" t="s">
+      <c r="G7" t="s">
+        <v>56</v>
+      </c>
+      <c r="H7">
+        <v>2005</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
         <v>36</v>
       </c>
-      <c r="L4" t="s">
-[...6 lines deleted...]
-        <v>38</v>
+      <c r="N7" t="s">
+        <v>44</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...18 lines deleted...]
-      <c r="G5">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>44</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9">
         <v>2009</v>
       </c>
-      <c r="H5"/>
-[...16 lines deleted...]
-        <v>43</v>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>44</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...119 lines deleted...]
-      <c r="L8" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
         <v>56</v>
-      </c>
-[...71 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
-      <c r="I10" t="s">
-        <v>41</v>
+      <c r="I10">
+        <v>2010</v>
       </c>
       <c r="J10" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>44</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>44</v>
+      </c>
+      <c r="O11" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>92</v>
+      </c>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>44</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>62</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>97</v>
+      </c>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>44</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>102</v>
+      </c>
+      <c r="G14" t="s">
+        <v>56</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>50</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
         <v>63</v>
       </c>
-      <c r="L10" t="s">
-[...6 lines deleted...]
-        <v>64</v>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...15 lines deleted...]
-      <c r="F11" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>105</v>
+      </c>
+      <c r="B15" t="s">
+        <v>106</v>
+      </c>
+      <c r="C15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>102</v>
+      </c>
+      <c r="G15" t="s">
+        <v>8</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15">
+        <v>2025</v>
+      </c>
+      <c r="J15" t="s">
+        <v>109</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>110</v>
+      </c>
+      <c r="M15" t="s">
+        <v>111</v>
+      </c>
+      <c r="N15" t="s">
+        <v>44</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
         <v>19</v>
       </c>
-      <c r="G11">
-[...3 lines deleted...]
-      <c r="I11" t="s">
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...202 lines deleted...]
-      </c>
       <c r="F16" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>102</v>
+      </c>
+      <c r="G16" t="s">
+        <v>56</v>
       </c>
       <c r="H16">
         <v>2008</v>
       </c>
-      <c r="I16" t="s">
-        <v>41</v>
+      <c r="I16">
+        <v>2008</v>
       </c>
       <c r="J16" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="K16" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M16" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
-        <v>86</v>
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>