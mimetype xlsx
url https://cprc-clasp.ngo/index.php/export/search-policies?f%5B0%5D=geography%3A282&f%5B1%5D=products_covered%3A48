--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -325,81 +325,81 @@
   <si>
     <t>CQC31-464245-2018. Energy Conservation Certification Rules for Electric Vehicle Off-Board Charger</t>
   </si>
   <si>
     <t>Apply to electric vehicle off-board charger</t>
   </si>
   <si>
     <t>CQC 3170-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464245-2018-energy-conservation-certification-rules-electric-vehicle-board-charger</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554396.shtml</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -725,51 +725,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="576.716" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1395,89 +1395,89 @@
       </c>
       <c r="P13" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>100</v>
       </c>
       <c r="B14" t="s">
         <v>101</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>62</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>102</v>
       </c>
       <c r="G14" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="H14">
         <v>2007</v>
       </c>
       <c r="I14">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J14" t="s">
         <v>50</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>63</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C15" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>108</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>102</v>
       </c>
       <c r="G15" t="s">
         <v>8</v>
       </c>
       <c r="H15">
         <v>2007</v>
       </c>
       <c r="I15">
         <v>2025</v>
       </c>
       <c r="J15" t="s">
         <v>109</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>