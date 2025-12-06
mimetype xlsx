--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,222 +12,253 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
-    <t>May 2021</t>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -491,283 +522,310 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="162" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="429.324" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2017</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
         <v>2017</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...77 lines deleted...]
-        <v>38</v>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>