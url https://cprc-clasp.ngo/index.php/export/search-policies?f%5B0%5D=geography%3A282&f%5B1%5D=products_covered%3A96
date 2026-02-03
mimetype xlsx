--- v0 (2025-10-14)
+++ v1 (2026-02-03)
@@ -12,227 +12,270 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -496,413 +539,458 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="244" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="412.756" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2017</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...32 lines deleted...]
-        <v>2012</v>
+      <c r="G3" t="s">
+        <v>32</v>
       </c>
       <c r="H3">
         <v>2012</v>
       </c>
-      <c r="I3" t="s">
-        <v>20</v>
+      <c r="I3">
+        <v>2012</v>
       </c>
       <c r="J3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K3" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="M3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>29</v>
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H4">
         <v>2012</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>40</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
         <v>33</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>40</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...19 lines deleted...]
-      <c r="F5" t="s">
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="G5">
-[...109 lines deleted...]
-        <v>45</v>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>