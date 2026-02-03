--- v0 (2025-10-11)
+++ v1 (2026-02-03)
@@ -12,745 +12,1115 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1014,2589 +1384,2938 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N58"/>
+  <dimension ref="A1:P58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="244.083" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5">
+        <v>2000</v>
+      </c>
+      <c r="I5">
+        <v>2021</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6">
+        <v>1995</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7">
+        <v>1996</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9">
+        <v>1997</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>49</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>51</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>81</v>
+      </c>
+      <c r="G10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>82</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
+        <v>85</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>41</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>101</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>40</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>103</v>
+      </c>
+      <c r="P13" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>107</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>48</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>107</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>40</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>41</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>102</v>
+      </c>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>121</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>41</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>121</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>41</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>127</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>131</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>40</v>
+      </c>
+      <c r="H19">
+        <v>2005</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>41</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>132</v>
+      </c>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>85</v>
+      </c>
+      <c r="O19" t="s">
+        <v>133</v>
+      </c>
+      <c r="P19" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>135</v>
+      </c>
+      <c r="B20" t="s">
+        <v>136</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>137</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>81</v>
+      </c>
+      <c r="G20" t="s">
+        <v>40</v>
+      </c>
+      <c r="H20">
+        <v>2007</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>41</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>138</v>
+      </c>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>143</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>40</v>
+      </c>
+      <c r="H21">
+        <v>2007</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>41</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>144</v>
+      </c>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>145</v>
+      </c>
+      <c r="P21" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>147</v>
+      </c>
+      <c r="B22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>62</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>40</v>
+      </c>
+      <c r="H22">
+        <v>2007</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>41</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>149</v>
+      </c>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>150</v>
+      </c>
+      <c r="P22" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" t="s">
+        <v>153</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>62</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>121</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>41</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>154</v>
+      </c>
+      <c r="P23" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>156</v>
+      </c>
+      <c r="B24" t="s">
+        <v>157</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>158</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>40</v>
+      </c>
+      <c r="H24">
         <v>2008</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>41</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>159</v>
+      </c>
+      <c r="P24" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>163</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G25" t="s">
+        <v>40</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>41</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>164</v>
+      </c>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>165</v>
+      </c>
+      <c r="P25" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>167</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>169</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>40</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>41</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>170</v>
+      </c>
+      <c r="P26" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>172</v>
+      </c>
+      <c r="B27" t="s">
+        <v>173</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>163</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>40</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>41</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>164</v>
+      </c>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>174</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>176</v>
+      </c>
+      <c r="B28" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>158</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>40</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28">
+        <v>2013</v>
+      </c>
+      <c r="J28" t="s">
+        <v>41</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>178</v>
+      </c>
+      <c r="P28" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>180</v>
+      </c>
+      <c r="B29" t="s">
+        <v>181</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>169</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K29" t="s">
+        <v>182</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...18 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>183</v>
+      </c>
+      <c r="P29" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>185</v>
+      </c>
+      <c r="B30" t="s">
+        <v>186</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>187</v>
+      </c>
+      <c r="E30" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...79 lines deleted...]
-      <c r="I5" t="s">
+      <c r="G30" t="s">
         <v>40</v>
-      </c>
-[...1056 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
-      <c r="I30" t="s">
-        <v>34</v>
+      <c r="I30">
+        <v>2015</v>
       </c>
       <c r="J30" t="s">
+        <v>41</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>188</v>
+      </c>
+      <c r="P30" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>190</v>
+      </c>
+      <c r="B31" t="s">
+        <v>191</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>192</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K30"/>
-      <c r="L30" t="s">
+      <c r="G31" t="s">
+        <v>40</v>
+      </c>
+      <c r="H31">
+        <v>2010</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>41</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>85</v>
+      </c>
+      <c r="O31" t="s">
+        <v>193</v>
+      </c>
+      <c r="P31" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>195</v>
+      </c>
+      <c r="B32" t="s">
+        <v>196</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>74</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>40</v>
+      </c>
+      <c r="H32">
+        <v>2010</v>
+      </c>
+      <c r="I32">
+        <v>2013</v>
+      </c>
+      <c r="J32" t="s">
+        <v>41</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>197</v>
+      </c>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>198</v>
+      </c>
+      <c r="P32" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>200</v>
+      </c>
+      <c r="B33" t="s">
+        <v>201</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>202</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>203</v>
+      </c>
+      <c r="H33">
+        <v>2010</v>
+      </c>
+      <c r="I33">
+        <v>2019</v>
+      </c>
+      <c r="J33" t="s">
+        <v>41</v>
+      </c>
+      <c r="K33" t="s">
+        <v>204</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>205</v>
+      </c>
+      <c r="P33" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>207</v>
+      </c>
+      <c r="B34" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>202</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>40</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>107</v>
+      </c>
+      <c r="K34" t="s">
+        <v>204</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>85</v>
+      </c>
+      <c r="O34" t="s">
+        <v>209</v>
+      </c>
+      <c r="P34" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>210</v>
+      </c>
+      <c r="B35" t="s">
+        <v>211</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>212</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>40</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>41</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>213</v>
+      </c>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>214</v>
+      </c>
+      <c r="P35" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>216</v>
+      </c>
+      <c r="B36" t="s">
+        <v>217</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>218</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>40</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36">
+        <v>2015</v>
+      </c>
+      <c r="J36" t="s">
+        <v>41</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>213</v>
+      </c>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>219</v>
+      </c>
+      <c r="P36" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>221</v>
+      </c>
+      <c r="B37" t="s">
+        <v>222</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>218</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
         <v>22</v>
       </c>
-      <c r="M30" t="s">
+      <c r="H37">
+        <v>2012</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>41</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>213</v>
+      </c>
+      <c r="M37" t="s">
+        <v>25</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>223</v>
+      </c>
+      <c r="P37" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>225</v>
+      </c>
+      <c r="B38" t="s">
+        <v>226</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>68</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>40</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38">
+        <v>2021</v>
+      </c>
+      <c r="J38" t="s">
+        <v>107</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>227</v>
+      </c>
+      <c r="P38" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>229</v>
+      </c>
+      <c r="B39" t="s">
+        <v>230</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>68</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>231</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2015</v>
+      </c>
+      <c r="J39" t="s">
         <v>23</v>
       </c>
-      <c r="N30" t="s">
-[...16 lines deleted...]
-      <c r="E31" t="s">
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>232</v>
+      </c>
+      <c r="P39" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>234</v>
+      </c>
+      <c r="B40" t="s">
+        <v>235</v>
+      </c>
+      <c r="C40" t="s">
         <v>18</v>
       </c>
-      <c r="F31" t="s">
-[...11 lines deleted...]
-      <c r="J31" t="s">
+      <c r="D40" t="s">
+        <v>68</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K31"/>
-      <c r="L31" t="s">
+      <c r="G40" t="s">
         <v>22</v>
       </c>
-      <c r="M31" t="s">
-[...19 lines deleted...]
-      <c r="E32" t="s">
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>41</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>236</v>
+      </c>
+      <c r="P40" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>238</v>
+      </c>
+      <c r="B41" t="s">
+        <v>239</v>
+      </c>
+      <c r="C41" t="s">
         <v>18</v>
       </c>
-      <c r="F32" t="s">
-[...5 lines deleted...]
-      <c r="H32">
+      <c r="D41" t="s">
+        <v>112</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>121</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>41</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>240</v>
+      </c>
+      <c r="M41" t="s">
+        <v>25</v>
+      </c>
+      <c r="N41" t="s">
+        <v>85</v>
+      </c>
+      <c r="O41" t="s">
+        <v>241</v>
+      </c>
+      <c r="P41" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>243</v>
+      </c>
+      <c r="B42" t="s">
+        <v>244</v>
+      </c>
+      <c r="C42" t="s">
+        <v>46</v>
+      </c>
+      <c r="D42" t="s">
+        <v>101</v>
+      </c>
+      <c r="E42" t="s">
+        <v>48</v>
+      </c>
+      <c r="F42" t="s">
+        <v>32</v>
+      </c>
+      <c r="G42" t="s">
+        <v>40</v>
+      </c>
+      <c r="H42">
+        <v>2004</v>
+      </c>
+      <c r="I42">
+        <v>2020</v>
+      </c>
+      <c r="J42" t="s">
+        <v>82</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>245</v>
+      </c>
+      <c r="M42" t="s">
+        <v>246</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>247</v>
+      </c>
+      <c r="P42" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>249</v>
+      </c>
+      <c r="B43" t="s">
+        <v>250</v>
+      </c>
+      <c r="C43" t="s">
+        <v>46</v>
+      </c>
+      <c r="D43" t="s">
+        <v>251</v>
+      </c>
+      <c r="E43" t="s">
+        <v>48</v>
+      </c>
+      <c r="F43" t="s">
+        <v>32</v>
+      </c>
+      <c r="G43" t="s">
+        <v>40</v>
+      </c>
+      <c r="H43">
         <v>2013</v>
       </c>
-      <c r="I32" t="s">
-[...2 lines deleted...]
-      <c r="J32" t="s">
+      <c r="I43">
+        <v>2020</v>
+      </c>
+      <c r="J43" t="s">
+        <v>252</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>253</v>
+      </c>
+      <c r="M43" t="s">
+        <v>254</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>255</v>
+      </c>
+      <c r="P43" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>257</v>
+      </c>
+      <c r="B44" t="s">
+        <v>258</v>
+      </c>
+      <c r="C44" t="s">
+        <v>46</v>
+      </c>
+      <c r="D44" t="s">
+        <v>259</v>
+      </c>
+      <c r="E44" t="s">
+        <v>48</v>
+      </c>
+      <c r="F44" t="s">
+        <v>32</v>
+      </c>
+      <c r="G44" t="s">
+        <v>40</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>252</v>
+      </c>
+      <c r="K44" t="s">
+        <v>260</v>
+      </c>
+      <c r="L44" t="s">
+        <v>261</v>
+      </c>
+      <c r="M44" t="s">
+        <v>246</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>262</v>
+      </c>
+      <c r="P44" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>264</v>
+      </c>
+      <c r="B45" t="s">
+        <v>265</v>
+      </c>
+      <c r="C45" t="s">
+        <v>46</v>
+      </c>
+      <c r="D45" t="s">
+        <v>187</v>
+      </c>
+      <c r="E45" t="s">
+        <v>48</v>
+      </c>
+      <c r="F45" t="s">
+        <v>32</v>
+      </c>
+      <c r="G45" t="s">
+        <v>40</v>
+      </c>
+      <c r="H45">
+        <v>2001</v>
+      </c>
+      <c r="I45">
+        <v>2020</v>
+      </c>
+      <c r="J45" t="s">
+        <v>82</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>266</v>
+      </c>
+      <c r="M45" t="s">
+        <v>246</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>267</v>
+      </c>
+      <c r="P45" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>269</v>
+      </c>
+      <c r="B46" t="s">
+        <v>270</v>
+      </c>
+      <c r="C46" t="s">
+        <v>46</v>
+      </c>
+      <c r="D46" t="s">
+        <v>163</v>
+      </c>
+      <c r="E46" t="s">
+        <v>48</v>
+      </c>
+      <c r="F46" t="s">
+        <v>32</v>
+      </c>
+      <c r="G46" t="s">
+        <v>40</v>
+      </c>
+      <c r="H46">
+        <v>2004</v>
+      </c>
+      <c r="I46">
+        <v>2020</v>
+      </c>
+      <c r="J46" t="s">
+        <v>82</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>271</v>
+      </c>
+      <c r="M46" t="s">
+        <v>246</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>272</v>
+      </c>
+      <c r="P46" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>274</v>
+      </c>
+      <c r="B47" t="s">
+        <v>275</v>
+      </c>
+      <c r="C47" t="s">
+        <v>46</v>
+      </c>
+      <c r="D47" t="s">
+        <v>218</v>
+      </c>
+      <c r="E47" t="s">
+        <v>48</v>
+      </c>
+      <c r="F47" t="s">
+        <v>32</v>
+      </c>
+      <c r="G47" t="s">
+        <v>40</v>
+      </c>
+      <c r="H47">
+        <v>2006</v>
+      </c>
+      <c r="I47">
+        <v>2020</v>
+      </c>
+      <c r="J47" t="s">
+        <v>252</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>245</v>
+      </c>
+      <c r="M47" t="s">
+        <v>246</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>276</v>
+      </c>
+      <c r="P47" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>278</v>
+      </c>
+      <c r="B48" t="s">
+        <v>279</v>
+      </c>
+      <c r="C48" t="s">
+        <v>46</v>
+      </c>
+      <c r="D48" t="s">
+        <v>280</v>
+      </c>
+      <c r="E48" t="s">
+        <v>48</v>
+      </c>
+      <c r="F48" t="s">
+        <v>32</v>
+      </c>
+      <c r="G48" t="s">
+        <v>40</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48">
+        <v>2020</v>
+      </c>
+      <c r="J48" t="s">
+        <v>49</v>
+      </c>
+      <c r="K48" t="s">
+        <v>260</v>
+      </c>
+      <c r="L48" t="s">
+        <v>281</v>
+      </c>
+      <c r="M48" t="s">
+        <v>51</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>282</v>
+      </c>
+      <c r="P48" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>284</v>
+      </c>
+      <c r="B49" t="s">
+        <v>285</v>
+      </c>
+      <c r="C49" t="s">
+        <v>46</v>
+      </c>
+      <c r="D49" t="s">
+        <v>286</v>
+      </c>
+      <c r="E49" t="s">
+        <v>48</v>
+      </c>
+      <c r="F49" t="s">
+        <v>32</v>
+      </c>
+      <c r="G49" t="s">
+        <v>40</v>
+      </c>
+      <c r="H49">
+        <v>2013</v>
+      </c>
+      <c r="I49">
+        <v>2020</v>
+      </c>
+      <c r="J49" t="s">
+        <v>49</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>51</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>287</v>
+      </c>
+      <c r="P49" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>289</v>
+      </c>
+      <c r="B50" t="s">
+        <v>290</v>
+      </c>
+      <c r="C50" t="s">
+        <v>46</v>
+      </c>
+      <c r="D50" t="s">
+        <v>120</v>
+      </c>
+      <c r="E50" t="s">
+        <v>48</v>
+      </c>
+      <c r="F50" t="s">
+        <v>32</v>
+      </c>
+      <c r="G50" t="s">
+        <v>40</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50">
+        <v>2020</v>
+      </c>
+      <c r="J50" t="s">
+        <v>49</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>291</v>
+      </c>
+      <c r="M50" t="s">
+        <v>51</v>
+      </c>
+      <c r="N50" t="s">
+        <v>85</v>
+      </c>
+      <c r="O50" t="s">
+        <v>292</v>
+      </c>
+      <c r="P50" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>294</v>
+      </c>
+      <c r="B51" t="s">
+        <v>295</v>
+      </c>
+      <c r="C51" t="s">
+        <v>46</v>
+      </c>
+      <c r="D51" t="s">
+        <v>212</v>
+      </c>
+      <c r="E51" t="s">
+        <v>48</v>
+      </c>
+      <c r="F51" t="s">
+        <v>32</v>
+      </c>
+      <c r="G51" t="s">
+        <v>40</v>
+      </c>
+      <c r="H51">
+        <v>2003</v>
+      </c>
+      <c r="I51">
+        <v>2020</v>
+      </c>
+      <c r="J51" t="s">
+        <v>252</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>246</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>296</v>
+      </c>
+      <c r="P51" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>298</v>
+      </c>
+      <c r="B52" t="s">
+        <v>299</v>
+      </c>
+      <c r="C52" t="s">
+        <v>46</v>
+      </c>
+      <c r="D52" t="s">
+        <v>31</v>
+      </c>
+      <c r="E52" t="s">
+        <v>48</v>
+      </c>
+      <c r="F52" t="s">
+        <v>32</v>
+      </c>
+      <c r="G52" t="s">
+        <v>40</v>
+      </c>
+      <c r="H52">
+        <v>2011</v>
+      </c>
+      <c r="I52">
+        <v>2020</v>
+      </c>
+      <c r="J52" t="s">
+        <v>82</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>300</v>
+      </c>
+      <c r="M52" t="s">
+        <v>246</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>301</v>
+      </c>
+      <c r="P52" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>303</v>
+      </c>
+      <c r="B53" t="s">
+        <v>304</v>
+      </c>
+      <c r="C53" t="s">
+        <v>46</v>
+      </c>
+      <c r="D53" t="s">
+        <v>305</v>
+      </c>
+      <c r="E53" t="s">
+        <v>48</v>
+      </c>
+      <c r="F53" t="s">
+        <v>32</v>
+      </c>
+      <c r="G53" t="s">
+        <v>40</v>
+      </c>
+      <c r="H53">
+        <v>2014</v>
+      </c>
+      <c r="I53">
+        <v>2020</v>
+      </c>
+      <c r="J53" t="s">
+        <v>82</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>306</v>
+      </c>
+      <c r="M53" t="s">
+        <v>246</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>307</v>
+      </c>
+      <c r="P53" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>309</v>
+      </c>
+      <c r="B54" t="s">
+        <v>310</v>
+      </c>
+      <c r="C54" t="s">
+        <v>46</v>
+      </c>
+      <c r="D54" t="s">
+        <v>218</v>
+      </c>
+      <c r="E54" t="s">
+        <v>48</v>
+      </c>
+      <c r="F54" t="s">
+        <v>32</v>
+      </c>
+      <c r="G54" t="s">
+        <v>40</v>
+      </c>
+      <c r="H54">
+        <v>2001</v>
+      </c>
+      <c r="I54">
+        <v>2020</v>
+      </c>
+      <c r="J54" t="s">
+        <v>252</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>245</v>
+      </c>
+      <c r="M54" t="s">
+        <v>246</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>311</v>
+      </c>
+      <c r="P54" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>313</v>
+      </c>
+      <c r="B55" t="s">
+        <v>314</v>
+      </c>
+      <c r="C55" t="s">
+        <v>46</v>
+      </c>
+      <c r="D55" t="s">
+        <v>31</v>
+      </c>
+      <c r="E55" t="s">
+        <v>48</v>
+      </c>
+      <c r="F55" t="s">
+        <v>32</v>
+      </c>
+      <c r="G55" t="s">
+        <v>40</v>
+      </c>
+      <c r="H55">
+        <v>1998</v>
+      </c>
+      <c r="I55">
+        <v>2020</v>
+      </c>
+      <c r="J55" t="s">
+        <v>82</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>315</v>
+      </c>
+      <c r="M55" t="s">
+        <v>246</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>316</v>
+      </c>
+      <c r="P55" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>318</v>
+      </c>
+      <c r="B56" t="s">
+        <v>319</v>
+      </c>
+      <c r="C56" t="s">
+        <v>46</v>
+      </c>
+      <c r="D56" t="s">
+        <v>218</v>
+      </c>
+      <c r="E56" t="s">
+        <v>48</v>
+      </c>
+      <c r="F56" t="s">
+        <v>32</v>
+      </c>
+      <c r="G56" t="s">
+        <v>40</v>
+      </c>
+      <c r="H56">
+        <v>2000</v>
+      </c>
+      <c r="I56">
+        <v>2020</v>
+      </c>
+      <c r="J56" t="s">
+        <v>252</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>245</v>
+      </c>
+      <c r="M56" t="s">
+        <v>246</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>320</v>
+      </c>
+      <c r="P56" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>322</v>
+      </c>
+      <c r="B57" t="s">
+        <v>323</v>
+      </c>
+      <c r="C57" t="s">
+        <v>46</v>
+      </c>
+      <c r="D57" t="s">
+        <v>218</v>
+      </c>
+      <c r="E57" t="s">
+        <v>48</v>
+      </c>
+      <c r="F57" t="s">
+        <v>32</v>
+      </c>
+      <c r="G57" t="s">
+        <v>40</v>
+      </c>
+      <c r="H57">
+        <v>2002</v>
+      </c>
+      <c r="I57">
+        <v>2020</v>
+      </c>
+      <c r="J57" t="s">
+        <v>252</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>245</v>
+      </c>
+      <c r="M57" t="s">
+        <v>246</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>324</v>
+      </c>
+      <c r="P57" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>326</v>
+      </c>
+      <c r="B58" t="s">
+        <v>327</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>328</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K32" t="s">
-[...5 lines deleted...]
-      <c r="M32" t="s">
+      <c r="G58" t="s">
+        <v>40</v>
+      </c>
+      <c r="H58">
+        <v>2011</v>
+      </c>
+      <c r="I58">
+        <v>2013</v>
+      </c>
+      <c r="J58" t="s">
         <v>23</v>
       </c>
-      <c r="N32" t="s">
-[...1117 lines deleted...]
-      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
       <c r="M58" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N58" t="s">
-        <v>213</v>
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>329</v>
+      </c>
+      <c r="P58" t="s">
+        <v>330</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>