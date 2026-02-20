--- v0 (2025-12-11)
+++ v1 (2026-02-20)
@@ -5700,51 +5700,51 @@
       </c>
       <c r="P68" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>309</v>
       </c>
       <c r="B69" t="s">
         <v>310</v>
       </c>
       <c r="C69" t="s">
         <v>18</v>
       </c>
       <c r="D69" t="s">
         <v>311</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>312</v>
       </c>
       <c r="G69" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H69">
         <v>2021</v>
       </c>
       <c r="I69">
         <v>2024</v>
       </c>
       <c r="J69" t="s">
         <v>313</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
         <v>314</v>
       </c>
       <c r="M69" t="s">
         <v>25</v>
       </c>
       <c r="N69" t="s">
         <v>26</v>
       </c>
       <c r="O69" t="s">
         <v>315</v>
       </c>