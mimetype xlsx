--- v0 (2025-10-11)
+++ v1 (2025-12-05)
@@ -12,748 +12,1034 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
-    <t>November 2019</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
-    <t>Non-Directional lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Exhaust Fans</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1017,2889 +1303,3288 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N66"/>
+  <dimension ref="A1:P66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="144" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="794.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-[...7 lines deleted...]
-      <c r="L2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>40</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2009</v>
       </c>
-      <c r="H3"/>
-[...7 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>48</v>
+      </c>
+      <c r="P7" t="s">
         <v>28</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-      <c r="E4" t="s">
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2010</v>
       </c>
-      <c r="H4"/>
-[...7 lines deleted...]
-      <c r="L4" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>52</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>56</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5">
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>60</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="H5"/>
-[...7 lines deleted...]
-      <c r="L5" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>63</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...16 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>67</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6">
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2009</v>
       </c>
-      <c r="H6"/>
-[...7 lines deleted...]
-      <c r="L6" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>70</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...16 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>73</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7">
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2010</v>
       </c>
-      <c r="H7"/>
-[...7 lines deleted...]
-      <c r="L7" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>76</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...16 lines deleted...]
-      <c r="E8" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>80</v>
+      </c>
+      <c r="P16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...13 lines deleted...]
-      <c r="L8" t="s">
+      <c r="D17" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="N8" t="s">
-[...16 lines deleted...]
-      <c r="E9" t="s">
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>84</v>
+      </c>
+      <c r="P17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" t="s">
+        <v>87</v>
+      </c>
+      <c r="D18" t="s">
+        <v>88</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>89</v>
+      </c>
+      <c r="H18">
+        <v>2000</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>90</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>91</v>
+      </c>
+      <c r="M18" t="s">
+        <v>92</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>93</v>
+      </c>
+      <c r="P18" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>95</v>
+      </c>
+      <c r="B19" t="s">
+        <v>96</v>
+      </c>
+      <c r="C19" t="s">
+        <v>87</v>
+      </c>
+      <c r="D19" t="s">
+        <v>97</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>89</v>
+      </c>
+      <c r="H19">
+        <v>1995</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>90</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>98</v>
+      </c>
+      <c r="M19" t="s">
+        <v>92</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>99</v>
+      </c>
+      <c r="P19" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>101</v>
+      </c>
+      <c r="B20" t="s">
+        <v>102</v>
+      </c>
+      <c r="C20" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" t="s">
+        <v>103</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>89</v>
+      </c>
+      <c r="H20">
+        <v>1996</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>90</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>104</v>
+      </c>
+      <c r="M20" t="s">
+        <v>92</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>105</v>
+      </c>
+      <c r="P20" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>107</v>
+      </c>
+      <c r="B21" t="s">
+        <v>108</v>
+      </c>
+      <c r="C21" t="s">
+        <v>87</v>
+      </c>
+      <c r="D21" t="s">
+        <v>83</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>89</v>
+      </c>
+      <c r="H21">
+        <v>2003</v>
+      </c>
+      <c r="I21">
+        <v>2022</v>
+      </c>
+      <c r="J21" t="s">
+        <v>90</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>109</v>
+      </c>
+      <c r="M21" t="s">
+        <v>92</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>110</v>
+      </c>
+      <c r="P21" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>112</v>
+      </c>
+      <c r="B22" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" t="s">
+        <v>87</v>
+      </c>
+      <c r="D22" t="s">
+        <v>114</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>89</v>
+      </c>
+      <c r="H22">
+        <v>1997</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>90</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>115</v>
+      </c>
+      <c r="M22" t="s">
+        <v>92</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>116</v>
+      </c>
+      <c r="P22" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>118</v>
+      </c>
+      <c r="B23" t="s">
+        <v>119</v>
+      </c>
+      <c r="C23" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...13 lines deleted...]
-      <c r="L9" t="s">
+      <c r="D23" t="s">
+        <v>120</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
         <v>22</v>
-      </c>
-[...567 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L23" t="s">
+        <v>121</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>122</v>
+      </c>
+      <c r="P23" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>118</v>
+      </c>
+      <c r="B24" t="s">
+        <v>124</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>120</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
         <v>22</v>
       </c>
-      <c r="M23" t="s">
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>121</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P24" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>118</v>
+      </c>
+      <c r="B25" t="s">
+        <v>126</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>127</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>121</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>128</v>
+      </c>
+      <c r="P25" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>118</v>
+      </c>
+      <c r="B26" t="s">
+        <v>129</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>130</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
         <v>23</v>
       </c>
-      <c r="N23" t="s">
-[...4 lines deleted...]
-      <c r="A24" t="s">
+      <c r="K26" t="s">
+        <v>131</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>132</v>
+      </c>
+      <c r="P26" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>118</v>
+      </c>
+      <c r="B27" t="s">
+        <v>134</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>135</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
         <v>89</v>
       </c>
-      <c r="B24" t="s">
-[...8 lines deleted...]
-      <c r="E24" t="s">
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
+        <v>2012</v>
+      </c>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>136</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P27" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
+        <v>138</v>
+      </c>
+      <c r="C28" t="s">
         <v>18</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24">
+      <c r="D28" t="s">
+        <v>135</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>89</v>
+      </c>
+      <c r="H28">
+        <v>1996</v>
+      </c>
+      <c r="I28">
         <v>2012</v>
       </c>
-      <c r="H24"/>
-[...10 lines deleted...]
-      <c r="M24" t="s">
+      <c r="J28" t="s">
         <v>23</v>
       </c>
-      <c r="N24" t="s">
-[...4 lines deleted...]
-      <c r="A25" t="s">
+      <c r="K28" t="s">
+        <v>136</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>139</v>
+      </c>
+      <c r="P28" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" t="s">
+        <v>140</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>141</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
         <v>89</v>
       </c>
-      <c r="B25" t="s">
-[...8 lines deleted...]
-      <c r="E25" t="s">
+      <c r="H29">
+        <v>2010</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
+      <c r="J29" t="s">
+        <v>121</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>142</v>
+      </c>
+      <c r="P29" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>118</v>
+      </c>
+      <c r="B30" t="s">
+        <v>143</v>
+      </c>
+      <c r="C30" t="s">
         <v>18</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25">
+      <c r="D30" t="s">
+        <v>120</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>89</v>
+      </c>
+      <c r="H30">
         <v>2012</v>
       </c>
-      <c r="H25"/>
-[...10 lines deleted...]
-      <c r="M25" t="s">
+      <c r="I30">
+        <v>2012</v>
+      </c>
+      <c r="J30" t="s">
+        <v>121</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>144</v>
+      </c>
+      <c r="P30" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>118</v>
+      </c>
+      <c r="B31" t="s">
+        <v>145</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>146</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>89</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31">
+        <v>2012</v>
+      </c>
+      <c r="J31" t="s">
+        <v>121</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>147</v>
+      </c>
+      <c r="P31" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>118</v>
+      </c>
+      <c r="B32" t="s">
+        <v>148</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>149</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>89</v>
+      </c>
+      <c r="H32">
+        <v>1996</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
         <v>23</v>
       </c>
-      <c r="N25" t="s">
-[...4 lines deleted...]
-      <c r="A26" t="s">
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>150</v>
+      </c>
+      <c r="P32" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>118</v>
+      </c>
+      <c r="B33" t="s">
+        <v>151</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>152</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
         <v>89</v>
       </c>
-      <c r="B26" t="s">
-[...8 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H33">
+        <v>1996</v>
+      </c>
+      <c r="I33">
+        <v>2012</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>153</v>
+      </c>
+      <c r="P33" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>118</v>
+      </c>
+      <c r="B34" t="s">
+        <v>154</v>
+      </c>
+      <c r="C34" t="s">
         <v>18</v>
       </c>
-      <c r="F26" t="s">
-[...26 lines deleted...]
-      <c r="A27" t="s">
+      <c r="D34" t="s">
+        <v>155</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
         <v>89</v>
-      </c>
-[...306 lines deleted...]
-        <v>1996</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
-      <c r="I34" t="s">
-        <v>20</v>
+      <c r="I34">
+        <v>2012</v>
       </c>
       <c r="J34" t="s">
-        <v>109</v>
-[...4 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>156</v>
+      </c>
+      <c r="O34" t="s">
+        <v>157</v>
+      </c>
+      <c r="P34" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>158</v>
+      </c>
+      <c r="B35" t="s">
+        <v>159</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>160</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>89</v>
+      </c>
+      <c r="H35">
+        <v>1996</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
         <v>23</v>
       </c>
-      <c r="N34" t="s">
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>161</v>
+      </c>
+      <c r="P35" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>162</v>
+      </c>
+      <c r="B36" t="s">
+        <v>163</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>164</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>89</v>
+      </c>
+      <c r="H36">
+        <v>1996</v>
+      </c>
+      <c r="I36">
+        <v>2012</v>
+      </c>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>165</v>
+      </c>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>166</v>
+      </c>
+      <c r="P36" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>167</v>
+      </c>
+      <c r="B37" t="s">
+        <v>168</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>135</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>89</v>
+      </c>
+      <c r="H37">
+        <v>1996</v>
+      </c>
+      <c r="I37">
+        <v>2010</v>
+      </c>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>169</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>25</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>170</v>
+      </c>
+      <c r="P37" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>171</v>
+      </c>
+      <c r="B38" t="s">
+        <v>172</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>43</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>89</v>
+      </c>
+      <c r="H38">
+        <v>1996</v>
+      </c>
+      <c r="I38">
+        <v>2010</v>
+      </c>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>173</v>
+      </c>
+      <c r="P38" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>174</v>
+      </c>
+      <c r="B39" t="s">
+        <v>175</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>135</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>89</v>
+      </c>
+      <c r="H39">
+        <v>1996</v>
+      </c>
+      <c r="I39">
+        <v>2010</v>
+      </c>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>169</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>176</v>
+      </c>
+      <c r="P39" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>177</v>
+      </c>
+      <c r="B40" t="s">
+        <v>178</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>141</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>89</v>
+      </c>
+      <c r="H40">
+        <v>1996</v>
+      </c>
+      <c r="I40">
+        <v>2010</v>
+      </c>
+      <c r="J40" t="s">
+        <v>121</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>179</v>
+      </c>
+      <c r="P40" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>177</v>
+      </c>
+      <c r="B41" t="s">
+        <v>180</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>181</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>89</v>
+      </c>
+      <c r="H41">
+        <v>1996</v>
+      </c>
+      <c r="I41">
+        <v>2010</v>
+      </c>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" t="s">
+        <v>169</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>25</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>182</v>
+      </c>
+      <c r="P41" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>183</v>
+      </c>
+      <c r="B42" t="s">
+        <v>184</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>185</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>89</v>
+      </c>
+      <c r="H42">
+        <v>1996</v>
+      </c>
+      <c r="I42">
+        <v>2010</v>
+      </c>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>25</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>186</v>
+      </c>
+      <c r="P42" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>187</v>
+      </c>
+      <c r="B43" t="s">
+        <v>146</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>146</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>89</v>
+      </c>
+      <c r="H43">
+        <v>1996</v>
+      </c>
+      <c r="I43">
+        <v>2010</v>
+      </c>
+      <c r="J43" t="s">
+        <v>188</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>25</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>189</v>
+      </c>
+      <c r="P43" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>191</v>
+      </c>
+      <c r="B44" t="s">
+        <v>192</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>193</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>89</v>
+      </c>
+      <c r="H44">
+        <v>1996</v>
+      </c>
+      <c r="I44">
+        <v>2010</v>
+      </c>
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>25</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>194</v>
+      </c>
+      <c r="P44" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>195</v>
+      </c>
+      <c r="B45" t="s">
+        <v>196</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>197</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>89</v>
+      </c>
+      <c r="H45">
+        <v>2006</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>198</v>
+      </c>
+      <c r="K45" t="s">
+        <v>199</v>
+      </c>
+      <c r="L45" t="s">
+        <v>200</v>
+      </c>
+      <c r="M45" t="s">
+        <v>201</v>
+      </c>
+      <c r="N45" t="s">
+        <v>202</v>
+      </c>
+      <c r="O45" t="s">
+        <v>203</v>
+      </c>
+      <c r="P45" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>205</v>
+      </c>
+      <c r="B46" t="s">
+        <v>206</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>207</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>89</v>
+      </c>
+      <c r="H46">
+        <v>2001</v>
+      </c>
+      <c r="I46">
+        <v>2012</v>
+      </c>
+      <c r="J46" t="s">
+        <v>198</v>
+      </c>
+      <c r="K46" t="s">
+        <v>199</v>
+      </c>
+      <c r="L46" t="s">
+        <v>208</v>
+      </c>
+      <c r="M46" t="s">
+        <v>201</v>
+      </c>
+      <c r="N46" t="s">
+        <v>202</v>
+      </c>
+      <c r="O46" t="s">
+        <v>209</v>
+      </c>
+      <c r="P46" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>211</v>
+      </c>
+      <c r="B47" t="s">
+        <v>212</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>213</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>89</v>
+      </c>
+      <c r="H47">
+        <v>1994</v>
+      </c>
+      <c r="I47">
+        <v>2013</v>
+      </c>
+      <c r="J47" t="s">
+        <v>198</v>
+      </c>
+      <c r="K47" t="s">
+        <v>199</v>
+      </c>
+      <c r="L47" t="s">
+        <v>214</v>
+      </c>
+      <c r="M47" t="s">
+        <v>201</v>
+      </c>
+      <c r="N47" t="s">
+        <v>202</v>
+      </c>
+      <c r="O47" t="s">
+        <v>215</v>
+      </c>
+      <c r="P47" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>217</v>
+      </c>
+      <c r="B48" t="s">
+        <v>218</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>219</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>89</v>
+      </c>
+      <c r="H48">
+        <v>1992</v>
+      </c>
+      <c r="I48">
+        <v>2012</v>
+      </c>
+      <c r="J48" t="s">
+        <v>198</v>
+      </c>
+      <c r="K48" t="s">
+        <v>199</v>
+      </c>
+      <c r="L48" t="s">
+        <v>208</v>
+      </c>
+      <c r="M48" t="s">
+        <v>201</v>
+      </c>
+      <c r="N48" t="s">
+        <v>202</v>
+      </c>
+      <c r="O48" t="s">
+        <v>220</v>
+      </c>
+      <c r="P48" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>222</v>
+      </c>
+      <c r="B49" t="s">
+        <v>223</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
         <v>114</v>
       </c>
-    </row>
-[...610 lines deleted...]
-      </c>
       <c r="E49" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>89</v>
       </c>
       <c r="H49">
         <v>2012</v>
       </c>
-      <c r="I49" t="s">
-        <v>20</v>
+      <c r="I49">
+        <v>2012</v>
       </c>
       <c r="J49" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N49" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>224</v>
+      </c>
+      <c r="P49" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>161</v>
+        <v>222</v>
       </c>
       <c r="B50" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="C50" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>83</v>
       </c>
       <c r="E50" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>89</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
-      <c r="I50" t="s">
-        <v>20</v>
+      <c r="I50">
+        <v>2012</v>
       </c>
       <c r="J50" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N50" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>226</v>
+      </c>
+      <c r="P50" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>227</v>
+      </c>
+      <c r="B51" t="s">
+        <v>228</v>
+      </c>
+      <c r="C51" t="s">
+        <v>87</v>
+      </c>
+      <c r="D51" t="s">
+        <v>31</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>89</v>
+      </c>
+      <c r="H51">
+        <v>2004</v>
+      </c>
+      <c r="I51">
+        <v>2020</v>
+      </c>
+      <c r="J51" t="s">
+        <v>229</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>230</v>
+      </c>
+      <c r="M51" t="s">
+        <v>231</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>232</v>
+      </c>
+      <c r="P51" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>234</v>
+      </c>
+      <c r="B52" t="s">
+        <v>235</v>
+      </c>
+      <c r="C52" t="s">
+        <v>87</v>
+      </c>
+      <c r="D52" t="s">
+        <v>236</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>89</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52">
+        <v>2020</v>
+      </c>
+      <c r="J52" t="s">
+        <v>237</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>238</v>
+      </c>
+      <c r="M52" t="s">
+        <v>239</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>240</v>
+      </c>
+      <c r="P52" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>242</v>
+      </c>
+      <c r="B53" t="s">
+        <v>243</v>
+      </c>
+      <c r="C53" t="s">
+        <v>87</v>
+      </c>
+      <c r="D53" t="s">
+        <v>244</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>89</v>
+      </c>
+      <c r="H53">
+        <v>2013</v>
+      </c>
+      <c r="I53">
+        <v>2020</v>
+      </c>
+      <c r="J53" t="s">
+        <v>237</v>
+      </c>
+      <c r="K53" t="s">
+        <v>169</v>
+      </c>
+      <c r="L53" t="s">
+        <v>245</v>
+      </c>
+      <c r="M53" t="s">
+        <v>231</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>246</v>
+      </c>
+      <c r="P53" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>248</v>
+      </c>
+      <c r="B54" t="s">
+        <v>249</v>
+      </c>
+      <c r="C54" t="s">
+        <v>87</v>
+      </c>
+      <c r="D54" t="s">
+        <v>250</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>89</v>
+      </c>
+      <c r="H54">
+        <v>2001</v>
+      </c>
+      <c r="I54">
+        <v>2020</v>
+      </c>
+      <c r="J54" t="s">
+        <v>229</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>251</v>
+      </c>
+      <c r="M54" t="s">
+        <v>231</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>252</v>
+      </c>
+      <c r="P54" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>254</v>
+      </c>
+      <c r="B55" t="s">
+        <v>255</v>
+      </c>
+      <c r="C55" t="s">
+        <v>87</v>
+      </c>
+      <c r="D55" t="s">
         <v>164</v>
       </c>
-      <c r="B51" t="s">
-[...14 lines deleted...]
-      <c r="G51">
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>89</v>
+      </c>
+      <c r="H55">
         <v>2004</v>
       </c>
-      <c r="H51">
+      <c r="I55">
         <v>2020</v>
       </c>
-      <c r="I51" t="s">
-[...19 lines deleted...]
-      <c r="A52" t="s">
+      <c r="J55" t="s">
+        <v>229</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>256</v>
+      </c>
+      <c r="M55" t="s">
+        <v>231</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>257</v>
+      </c>
+      <c r="P55" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>259</v>
+      </c>
+      <c r="B56" t="s">
+        <v>260</v>
+      </c>
+      <c r="C56" t="s">
+        <v>87</v>
+      </c>
+      <c r="D56" t="s">
+        <v>47</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>89</v>
+      </c>
+      <c r="H56">
+        <v>2006</v>
+      </c>
+      <c r="I56">
+        <v>2020</v>
+      </c>
+      <c r="J56" t="s">
+        <v>237</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>230</v>
+      </c>
+      <c r="M56" t="s">
+        <v>231</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>261</v>
+      </c>
+      <c r="P56" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>263</v>
+      </c>
+      <c r="B57" t="s">
+        <v>264</v>
+      </c>
+      <c r="C57" t="s">
+        <v>87</v>
+      </c>
+      <c r="D57" t="s">
+        <v>265</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>89</v>
+      </c>
+      <c r="H57">
+        <v>2012</v>
+      </c>
+      <c r="I57">
+        <v>2020</v>
+      </c>
+      <c r="J57" t="s">
+        <v>90</v>
+      </c>
+      <c r="K57" t="s">
         <v>169</v>
       </c>
-      <c r="B52" t="s">
-[...14 lines deleted...]
-      <c r="G52">
+      <c r="L57" t="s">
+        <v>266</v>
+      </c>
+      <c r="M57" t="s">
+        <v>92</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>267</v>
+      </c>
+      <c r="P57" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>269</v>
+      </c>
+      <c r="B58" t="s">
+        <v>270</v>
+      </c>
+      <c r="C58" t="s">
+        <v>87</v>
+      </c>
+      <c r="D58" t="s">
+        <v>271</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>89</v>
+      </c>
+      <c r="H58">
         <v>2013</v>
       </c>
-      <c r="H52">
+      <c r="I58">
         <v>2020</v>
       </c>
-      <c r="I52" t="s">
-[...40 lines deleted...]
-      <c r="H53">
+      <c r="J58" t="s">
+        <v>90</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>92</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>272</v>
+      </c>
+      <c r="P58" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>274</v>
+      </c>
+      <c r="B59" t="s">
+        <v>275</v>
+      </c>
+      <c r="C59" t="s">
+        <v>87</v>
+      </c>
+      <c r="D59" t="s">
+        <v>276</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>89</v>
+      </c>
+      <c r="H59">
+        <v>2012</v>
+      </c>
+      <c r="I59">
         <v>2020</v>
       </c>
-      <c r="I53" t="s">
-[...37 lines deleted...]
-      <c r="G54">
+      <c r="J59" t="s">
+        <v>90</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>277</v>
+      </c>
+      <c r="M59" t="s">
+        <v>92</v>
+      </c>
+      <c r="N59" t="s">
+        <v>156</v>
+      </c>
+      <c r="O59" t="s">
+        <v>278</v>
+      </c>
+      <c r="P59" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>280</v>
+      </c>
+      <c r="B60" t="s">
+        <v>281</v>
+      </c>
+      <c r="C60" t="s">
+        <v>87</v>
+      </c>
+      <c r="D60" t="s">
+        <v>66</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>89</v>
+      </c>
+      <c r="H60">
+        <v>2003</v>
+      </c>
+      <c r="I60">
+        <v>2020</v>
+      </c>
+      <c r="J60" t="s">
+        <v>237</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>231</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>282</v>
+      </c>
+      <c r="P60" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>284</v>
+      </c>
+      <c r="B61" t="s">
+        <v>285</v>
+      </c>
+      <c r="C61" t="s">
+        <v>87</v>
+      </c>
+      <c r="D61" t="s">
+        <v>286</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>89</v>
+      </c>
+      <c r="H61">
+        <v>2011</v>
+      </c>
+      <c r="I61">
+        <v>2020</v>
+      </c>
+      <c r="J61" t="s">
+        <v>229</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>287</v>
+      </c>
+      <c r="M61" t="s">
+        <v>231</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>288</v>
+      </c>
+      <c r="P61" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>290</v>
+      </c>
+      <c r="B62" t="s">
+        <v>291</v>
+      </c>
+      <c r="C62" t="s">
+        <v>87</v>
+      </c>
+      <c r="D62" t="s">
+        <v>59</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>89</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62">
+        <v>2020</v>
+      </c>
+      <c r="J62" t="s">
+        <v>229</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>292</v>
+      </c>
+      <c r="M62" t="s">
+        <v>231</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>293</v>
+      </c>
+      <c r="P62" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>295</v>
+      </c>
+      <c r="B63" t="s">
+        <v>296</v>
+      </c>
+      <c r="C63" t="s">
+        <v>87</v>
+      </c>
+      <c r="D63" t="s">
+        <v>47</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>89</v>
+      </c>
+      <c r="H63">
         <v>2001</v>
       </c>
-      <c r="H54">
+      <c r="I63">
         <v>2020</v>
       </c>
-      <c r="I54" t="s">
-[...40 lines deleted...]
-      <c r="H55">
+      <c r="J63" t="s">
+        <v>237</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>230</v>
+      </c>
+      <c r="M63" t="s">
+        <v>231</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>297</v>
+      </c>
+      <c r="P63" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>299</v>
+      </c>
+      <c r="B64" t="s">
+        <v>300</v>
+      </c>
+      <c r="C64" t="s">
+        <v>87</v>
+      </c>
+      <c r="D64" t="s">
+        <v>286</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>89</v>
+      </c>
+      <c r="H64">
+        <v>1998</v>
+      </c>
+      <c r="I64">
         <v>2020</v>
       </c>
-      <c r="I55" t="s">
-[...40 lines deleted...]
-      <c r="H56">
+      <c r="J64" t="s">
+        <v>229</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>301</v>
+      </c>
+      <c r="M64" t="s">
+        <v>231</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>302</v>
+      </c>
+      <c r="P64" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>304</v>
+      </c>
+      <c r="B65" t="s">
+        <v>305</v>
+      </c>
+      <c r="C65" t="s">
+        <v>87</v>
+      </c>
+      <c r="D65" t="s">
+        <v>47</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>89</v>
+      </c>
+      <c r="H65">
+        <v>2000</v>
+      </c>
+      <c r="I65">
         <v>2020</v>
       </c>
-      <c r="I56" t="s">
-[...40 lines deleted...]
-      <c r="H57">
+      <c r="J65" t="s">
+        <v>237</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>230</v>
+      </c>
+      <c r="M65" t="s">
+        <v>231</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>306</v>
+      </c>
+      <c r="P65" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>308</v>
+      </c>
+      <c r="B66" t="s">
+        <v>309</v>
+      </c>
+      <c r="C66" t="s">
+        <v>87</v>
+      </c>
+      <c r="D66" t="s">
+        <v>47</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>89</v>
+      </c>
+      <c r="H66">
+        <v>2002</v>
+      </c>
+      <c r="I66">
         <v>2020</v>
       </c>
-      <c r="I57" t="s">
-[...393 lines deleted...]
-      </c>
       <c r="J66" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
       <c r="K66" t="s">
-        <v>166</v>
+        <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>167</v>
+        <v>230</v>
       </c>
       <c r="M66" t="s">
-        <v>23</v>
+        <v>231</v>
       </c>
       <c r="N66" t="s">
-        <v>216</v>
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>310</v>
+      </c>
+      <c r="P66" t="s">
+        <v>311</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>