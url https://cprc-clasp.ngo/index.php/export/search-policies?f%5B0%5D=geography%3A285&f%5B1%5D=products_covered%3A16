--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -12,265 +12,326 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -534,545 +595,608 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="100" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="233.514" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2022</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2006</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>44</v>
+      </c>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2003</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>45</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>2001</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>51</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L8" t="s">
+        <v>44</v>
+      </c>
+      <c r="M8" t="s">
+        <v>45</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2000</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>51</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>44</v>
+      </c>
+      <c r="M9" t="s">
+        <v>45</v>
+      </c>
+      <c r="N9" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...11 lines deleted...]
-      <c r="H3">
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
         <v>2020</v>
       </c>
-      <c r="I3" t="s">
-[...55 lines deleted...]
-      <c r="M4" t="s">
+      <c r="J10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...37 lines deleted...]
-      <c r="L5" t="s">
+      <c r="L10" t="s">
         <v>44</v>
       </c>
-      <c r="M5" t="s">
-[...2 lines deleted...]
-      <c r="N5" t="s">
+      <c r="M10" t="s">
         <v>45</v>
       </c>
-    </row>
-[...213 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>57</v>
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>