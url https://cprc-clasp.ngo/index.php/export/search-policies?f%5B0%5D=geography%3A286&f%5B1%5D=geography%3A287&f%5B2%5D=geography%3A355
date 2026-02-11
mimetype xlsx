--- v0 (2025-12-12)
+++ v1 (2026-02-11)
@@ -3594,51 +3594,51 @@
       </c>
       <c r="P34" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>210</v>
       </c>
       <c r="B35" t="s">
         <v>211</v>
       </c>
       <c r="C35" t="s">
         <v>32</v>
       </c>
       <c r="D35" t="s">
         <v>131</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35">
         <v>2024</v>
       </c>
       <c r="J35" t="s">
         <v>212</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>213</v>
       </c>
       <c r="M35" t="s">
         <v>37</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>214</v>
       </c>