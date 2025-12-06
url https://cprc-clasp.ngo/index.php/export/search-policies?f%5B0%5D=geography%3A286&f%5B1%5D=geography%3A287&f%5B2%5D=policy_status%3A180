--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,248 +12,282 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
   </si>
   <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
+  </si>
+  <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -517,421 +551,468 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="148" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="317.208" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="148.535" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="111.973" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4"/>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...10 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...6 lines deleted...]
-      <c r="M3" t="s">
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>31</v>
       </c>
-      <c r="D4" t="s">
-[...17 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>32</v>
       </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>52</v>
+      </c>
+      <c r="P7" t="s">
+        <v>34</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
-[...117 lines deleted...]
-    <row r="8" spans="1:14">
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G8"/>
+        <v>31</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
       <c r="H8"/>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>49</v>
-[...4 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>59</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="N8" t="s">
-        <v>52</v>
+        <v>61</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>