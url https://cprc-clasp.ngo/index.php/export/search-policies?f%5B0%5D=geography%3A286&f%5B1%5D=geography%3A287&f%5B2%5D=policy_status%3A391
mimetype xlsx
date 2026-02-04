--- v0 (2025-12-04)
+++ v1 (2026-02-04)
@@ -12,428 +12,410 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Efficiency Policy for Deep Freezers</t>
-[...290 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>Efficiency Policy for Deep Freezers</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
+    <t>December 2024</t>
+  </si>
+  <si>
+    <t>IS 7872 (all amendments)</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Ceiling Fans</t>
+  </si>
+  <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
+    <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
+  </si>
+  <si>
+    <t>IS 374:2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
+  </si>
+  <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>IS 1476 (Part-I): 2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
+  </si>
+  <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
+    <t>IS 17550</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>IS 1391 (part II)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
+    <t>IS 1391 (part I), IS 1391 (part II)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
+  </si>
+  <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>June 2024</t>
+  </si>
+  <si>
+    <t>IS 16102 (part 2)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
+  </si>
+  <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
   </si>
   <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
@@ -905,51 +887,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P26"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="152.106" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1004,1263 +986,1211 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2023</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2009</v>
+        <v>2023</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2009</v>
       </c>
       <c r="I4">
         <v>2024</v>
       </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="P4" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="I5">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="M5" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="P5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="I6">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="M6" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="I7">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="M7" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="P7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="I8">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="J8" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="P8" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="I9">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="J9" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="M9" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2007</v>
       </c>
       <c r="I10">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J10" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
       <c r="M10" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="P10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B11" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11">
         <v>2023</v>
       </c>
       <c r="J11" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="M11" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2009</v>
       </c>
       <c r="I12">
         <v>2022</v>
       </c>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="M12" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="P12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2009</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="M13" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14">
         <v>2023</v>
       </c>
       <c r="J14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C15" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2022</v>
       </c>
       <c r="I15">
         <v>2024</v>
       </c>
       <c r="J15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C16" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="H16">
+      <c r="H16"/>
+      <c r="I16">
         <v>2024</v>
       </c>
-      <c r="I16">
-[...1 lines deleted...]
-      </c>
       <c r="J16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C17" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="H17">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>114</v>
+        <v>54</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M17" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P17" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C18" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>121</v>
+        <v>71</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>2015</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
       <c r="J18" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>122</v>
       </c>
       <c r="M18" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
         <v>126</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I19">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="J19" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>128</v>
       </c>
       <c r="M19" t="s">
-        <v>116</v>
+        <v>26</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>129</v>
       </c>
       <c r="P19" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>131</v>
       </c>
       <c r="B20" t="s">
         <v>132</v>
       </c>
       <c r="C20" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>80</v>
+        <v>133</v>
       </c>
       <c r="E20" t="s">
-        <v>20</v>
+        <v>134</v>
       </c>
       <c r="F20" t="s">
-        <v>133</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I20">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="J20" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M20" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P20" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B21" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C21" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E21" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I21">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="J21" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
         <v>141</v>
       </c>
       <c r="M21" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>142</v>
       </c>
       <c r="P21" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>144</v>
       </c>
       <c r="B22" t="s">
         <v>145</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
         <v>146</v>
       </c>
       <c r="E22" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I22">
         <v>2016</v>
       </c>
       <c r="J22" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="K22" t="s">
-        <v>24</v>
+        <v>147</v>
       </c>
       <c r="L22" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="M22" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P22" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C23" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
       <c r="E23" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="I23">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="J23" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
         <v>153</v>
       </c>
-      <c r="L23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M23" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
+        <v>154</v>
+      </c>
+      <c r="P23" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>156</v>
+      </c>
+      <c r="B24" t="s">
         <v>157</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
         <v>158</v>
       </c>
-      <c r="C24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I24">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="J24" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>159</v>
       </c>
       <c r="M24" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>160</v>
       </c>
       <c r="P24" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>162</v>
       </c>
       <c r="B25" t="s">
         <v>163</v>
       </c>
       <c r="C25" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
         <v>164</v>
       </c>
       <c r="E25" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>165</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I25">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="J25" t="s">
-        <v>45</v>
+        <v>166</v>
       </c>
       <c r="K25" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>26</v>
+        <v>168</v>
       </c>
       <c r="N25" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="O25" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="P25" t="s">
-        <v>167</v>
-[...18 lines deleted...]
-      <c r="F26" t="s">
         <v>171</v>
-      </c>
-[...26 lines deleted...]
-        <v>177</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">