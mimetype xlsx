--- v0 (2025-10-14)
+++ v1 (2026-02-03)
@@ -12,1975 +12,2978 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="621">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="952">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Refrigerators</t>
   </si>
   <si>
+    <t>The Energy Factor for Energy Label qualified refrigerator-Freezers products shall be measured according to CNS 2062; or the most current version of test conditions and methodology stipulated by the energy regulating competent authority</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-refrigerators</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=4</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Television</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 14336-1 or CNS 14408; Chinese National Standards; or be recognized by Bureau of Energy</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Test procedure acording to En-Tech 10405003751</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-television</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=7</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hair Dryers; En-Tech 10104024360</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 3714 - Hand-Supported Hair Dryers or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>Hair Dryers</t>
   </si>
   <si>
     <t>IEC 61855: 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hair-dryers-en-tech-10104024360</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=10%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Hand Dryers</t>
   </si>
   <si>
+    <t>The measured Useful Energy Ratio -UER; for Energy Label qualified hand dryer products shall be no less than 90 percent. If the product is touch activated each drying session shall be less than 40 seconds; if the product is motion activated the power shall be cut-off within 2 seconds after the sensor sensed the absence of user and each drying session shall be less than 1 minute.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-hand-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=11</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Integrated Stereo</t>
   </si>
   <si>
+    <t>The applicable products shall be integrated stereos with the CCC Code of 8518.50.00.00-8A; or have been recognized by the Bureau of Energy of the Ministry of Economic Affairs as integrated stereos.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-integrated-stereo</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=28</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Air Cleaners</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 7619 regarding air cleaners or recognized by the Bureau of Energy of MOEA as domestic indoor air cleaners.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>CNS 7619</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-air-cleaners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=34</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Dehumidifiers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of CNS 12492 regarding dehumidifiers or recognized by the Bureau of Energy of MOEA as dehumidifiers.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>CNS 12492</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-dehumidifiers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=5</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Refrigerators</t>
   </si>
   <si>
+    <t>Fan-type refrigerator-freezer; direct cooling type refrigerator-freezer; refrigerator only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>CNS14335
 ,   
                     CNS14115</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
   </si>
   <si>
     <t>CIE70
 ,   
                     CIE84
 ,   
                     CIE121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
     <t>CNS15437</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N127 - Hand Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to both touch-activated and sensor-activated hand dryers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n127-hand-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/127/41814663-9fa3-4e41-ae02-901cef0d0809.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N141 - Uninterruptible Power Supply Systems</t>
   </si>
   <si>
+    <t>This standard is applicable to the uninterruptible power supply systems as defined in CNS 14843-1 and CNS 14843-2.</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n141-uninterruptible-power-supply-systems</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/141/0e5d3b89-12e8-40de-b8d2-5ee476cb445d.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N146 - Electric Paper Shredders</t>
   </si>
   <si>
+    <t>applicable to the electric paper shredders</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n146-electric-paper-shredders</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/146/8bd92ccf-9b17-46da-8ee3-cb3320d43963.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N150 - Vacuum Cleaners</t>
   </si>
   <si>
+    <t>This standard is applicable to the vacuum cleaners which use the household AC power including both corded and cordless products.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n150-vacuum-cleaners</t>
   </si>
   <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N48 - Dehumidifier</t>
   </si>
   <si>
+    <t>This standard is applicable to the dehumidifiers which meet the definition of CNS 12492</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n48-dehumidifier</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/48/b1c13332-4241-4dea-9d4d-ed8f54f3e75c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N60 - Televisions</t>
   </si>
   <si>
+    <t>Applies to television sets. The backlight module or unit of the products display panel shall not use mercury-containing lamps. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>CNS 14466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n60-televisions</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/60/160f6010-15b0-462d-aa1c-76ce4601ab35.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N69 - Hand-held Hair Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to hand-held hair dryers  which meet the definition of CNS 3714: applies to portable electric blower is equipped with electric heaters in the hair dryer comes with a set of wind machine or whole hair accessories to beautify hair group apply to this standard. During use the products noise emission shall be less than the regulatory limit. The products measured electromagnetic interference shall be less than the regulatory limit. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n69-hand-held-hair-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/69/087ec305-7bdc-468f-9751-576fe608fc30.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N82 - Portable Projectors</t>
   </si>
   <si>
+    <t>Applies to portable projectors. The products power consumption during the stand-by mode shall be less than 5 watts. The product shall be disassemblable</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n82-portable-projectors</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/82/b0422f35-1bf1-45d1-b0fc-6eb99cb8f243.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>MEPS - Dehumidifier</t>
   </si>
   <si>
+    <t>The EF is limited to dehumidifiers with electric power not higher than 1000W at the present stage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier-0</t>
   </si>
   <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Refrigerator MEPS</t>
   </si>
   <si>
+    <t>Refigerators</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerator-meps</t>
   </si>
   <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan-0</t>
   </si>
   <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on Energy Efficiency and the Inspection of Low-Voltage Three-Phase Squirrel-Cage Induction Motors --including as a component of the specified equipment</t>
   </si>
   <si>
+    <t>The low-voltage three-phase squirrel-cage induction motor set in this announcement covers goods in compliance with Clause 14400 of Chinese National Standards; with a rated output power from 0.75kW|1HP to 200kW|270HP or which are subjected to inspection by the Central Competent Authority.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-energy-efficiency-and-inspection-low-voltage-three-phase-squirrel-cage</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_upload/gen/law/7/file1/Requirements%20on%20Energy%20Efficiency%20and%20the%20Inspection%20of%20Low-Voltage%20Three-Phase%20Squirrel-Cage%20Induction%20Motors%20(including%20as%20a%20component%20of%20the%20specified%20equip</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Revised Refrigerator power consumption standard and power efficiency grade labeling method and inspection method regulation</t>
   </si>
   <si>
+    <t>The refrigerators of this regulation are those compliant with CNS 2062 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-refrigerator-power-consumption-standard-and-power-efficiency-grade-labeling-method</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=1&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=0&amp;PDID=0&amp;p0=49</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Dehumidifier Products</t>
   </si>
   <si>
+    <t>The dehumidifiers meeting the definition of dehumidifiers as defined in CNS 12492 and promulgated by the Bureau of Standards Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-3</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=31</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2244,8417 +3247,9564 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N196"/>
+  <dimension ref="A1:P196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="194" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="890.64" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...26 lines deleted...]
-      <c r="K3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
         <v>29</v>
       </c>
-      <c r="L3" t="s">
-[...9 lines deleted...]
-    <row r="4" spans="1:14">
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B4" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2023</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
-      </c>
-[...52 lines deleted...]
-        <v>2023</v>
       </c>
       <c r="H5">
         <v>2023</v>
       </c>
-      <c r="I5" t="s">
-        <v>42</v>
+      <c r="I5">
+        <v>2023</v>
       </c>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="N5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="E6" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
         <v>2001</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2002</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K6" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>57</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7">
+        <v>2002</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M6" t="s">
-[...25 lines deleted...]
-      <c r="G7">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>57</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1995</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>57</v>
+      </c>
+      <c r="G9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H9">
         <v>2002</v>
       </c>
-      <c r="H7">
-[...11 lines deleted...]
-      <c r="L7" t="s">
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="M7" t="s">
-[...38 lines deleted...]
-      <c r="L8" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>57</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="M8" t="s">
-[...2 lines deleted...]
-      <c r="N8" t="s">
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>57</v>
       </c>
-    </row>
-[...108 lines deleted...]
-        <v>2007</v>
+      <c r="G11" t="s">
+        <v>33</v>
       </c>
       <c r="H11">
         <v>2007</v>
       </c>
-      <c r="I11" t="s">
-        <v>20</v>
+      <c r="I11">
+        <v>2007</v>
       </c>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K11" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="M11" t="s">
-[...22 lines deleted...]
-      <c r="F12" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" t="s">
+        <v>33</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2013</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>57</v>
+      </c>
+      <c r="G14" t="s">
+        <v>33</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2003</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>57</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>57</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>57</v>
+      </c>
+      <c r="G17" t="s">
+        <v>33</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>123</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>81</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>57</v>
+      </c>
+      <c r="G18" t="s">
+        <v>33</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2010</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>128</v>
+      </c>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>57</v>
+      </c>
+      <c r="G19" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>134</v>
+      </c>
+      <c r="M19" t="s">
+        <v>129</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>139</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>57</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>140</v>
+      </c>
+      <c r="M20" t="s">
+        <v>129</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>145</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>57</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>140</v>
+      </c>
+      <c r="M21" t="s">
+        <v>129</v>
+      </c>
+      <c r="N21" t="s">
+        <v>146</v>
+      </c>
+      <c r="O21" t="s">
+        <v>147</v>
+      </c>
+      <c r="P21" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>149</v>
+      </c>
+      <c r="B22" t="s">
+        <v>150</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G12">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>57</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>151</v>
+      </c>
+      <c r="M22" t="s">
+        <v>129</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>152</v>
+      </c>
+      <c r="P22" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>154</v>
+      </c>
+      <c r="B23" t="s">
+        <v>155</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>156</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>57</v>
+      </c>
+      <c r="G23" t="s">
+        <v>33</v>
+      </c>
+      <c r="H23">
+        <v>2006</v>
+      </c>
+      <c r="I23">
         <v>2013</v>
       </c>
-      <c r="H12"/>
-[...9 lines deleted...]
-      <c r="L12" t="s">
+      <c r="J23" t="s">
+        <v>157</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>158</v>
+      </c>
+      <c r="P23" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>160</v>
+      </c>
+      <c r="B24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>57</v>
+      </c>
+      <c r="G24" t="s">
+        <v>33</v>
+      </c>
+      <c r="H24">
+        <v>2008</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>157</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>162</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>32</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>57</v>
+      </c>
+      <c r="G25" t="s">
+        <v>33</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
         <v>23</v>
       </c>
-      <c r="M12" t="s">
-[...550 lines deleted...]
-      </c>
       <c r="K25" t="s">
-        <v>119</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>95</v>
+        <v>167</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N25" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>168</v>
+      </c>
+      <c r="P25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>121</v>
+        <v>170</v>
       </c>
       <c r="B26" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="C26" t="s">
-        <v>122</v>
+        <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>172</v>
       </c>
       <c r="E26" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>57</v>
+      </c>
+      <c r="G26" t="s">
+        <v>33</v>
       </c>
       <c r="H26">
         <v>2011</v>
       </c>
-      <c r="I26" t="s">
-        <v>20</v>
+      <c r="I26">
+        <v>2011</v>
       </c>
       <c r="J26" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K26" t="s">
-        <v>123</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>95</v>
+        <v>173</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N26" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>174</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>125</v>
+        <v>176</v>
       </c>
       <c r="B27" t="s">
-        <v>15</v>
+        <v>177</v>
       </c>
       <c r="C27" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="E27" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>57</v>
+      </c>
+      <c r="G27" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27">
         <v>2013</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2015</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K27" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
+        <v>178</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>179</v>
+      </c>
+      <c r="P27" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>181</v>
+      </c>
+      <c r="B28" t="s">
+        <v>182</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>183</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>57</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
         <v>23</v>
       </c>
-      <c r="M27" t="s">
-[...13 lines deleted...]
-      <c r="C28" t="s">
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>184</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>185</v>
+      </c>
+      <c r="P28" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>187</v>
+      </c>
+      <c r="B29" t="s">
+        <v>188</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>189</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>57</v>
+      </c>
+      <c r="G29" t="s">
+        <v>33</v>
+      </c>
+      <c r="H29">
+        <v>2000</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>190</v>
+      </c>
+      <c r="M29" t="s">
         <v>129</v>
       </c>
-      <c r="D28" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="N29" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>191</v>
+      </c>
+      <c r="P29" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>136</v>
+        <v>193</v>
       </c>
       <c r="B30" t="s">
-        <v>15</v>
+        <v>194</v>
       </c>
       <c r="C30" t="s">
-        <v>137</v>
+        <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>195</v>
       </c>
       <c r="E30" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>57</v>
+      </c>
+      <c r="G30" t="s">
+        <v>33</v>
       </c>
       <c r="H30">
         <v>2010</v>
       </c>
-      <c r="I30" t="s">
-        <v>20</v>
+      <c r="I30">
+        <v>2010</v>
       </c>
       <c r="J30" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K30" t="s">
-        <v>138</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>95</v>
+        <v>196</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N30" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>197</v>
+      </c>
+      <c r="P30" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>140</v>
+        <v>199</v>
       </c>
       <c r="B31" t="s">
-        <v>15</v>
+        <v>200</v>
       </c>
       <c r="C31" t="s">
-        <v>141</v>
+        <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>201</v>
       </c>
       <c r="E31" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
+        <v>57</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>202</v>
+      </c>
+      <c r="M31" t="s">
+        <v>129</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>203</v>
+      </c>
+      <c r="P31" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>205</v>
+      </c>
+      <c r="B32" t="s">
+        <v>206</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
         <v>19</v>
       </c>
-      <c r="G31">
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>57</v>
+      </c>
+      <c r="G32" t="s">
+        <v>33</v>
+      </c>
+      <c r="H32">
+        <v>2002</v>
+      </c>
+      <c r="I32">
+        <v>2009</v>
+      </c>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>134</v>
+      </c>
+      <c r="M32" t="s">
+        <v>129</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>207</v>
+      </c>
+      <c r="P32" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>209</v>
+      </c>
+      <c r="B33" t="s">
+        <v>210</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>211</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>57</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>212</v>
+      </c>
+      <c r="L33" t="s">
+        <v>213</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>214</v>
+      </c>
+      <c r="P33" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>216</v>
+      </c>
+      <c r="B34" t="s">
+        <v>217</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>110</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>57</v>
+      </c>
+      <c r="G34" t="s">
+        <v>33</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>218</v>
+      </c>
+      <c r="M34" t="s">
+        <v>129</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>219</v>
+      </c>
+      <c r="P34" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>221</v>
+      </c>
+      <c r="B35" t="s">
+        <v>222</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>223</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>57</v>
+      </c>
+      <c r="G35" t="s">
+        <v>33</v>
+      </c>
+      <c r="H35">
+        <v>2000</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>224</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>225</v>
+      </c>
+      <c r="P35" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>227</v>
+      </c>
+      <c r="B36" t="s">
+        <v>228</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>69</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>57</v>
+      </c>
+      <c r="G36" t="s">
+        <v>33</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36">
         <v>2011</v>
       </c>
-      <c r="H31"/>
-[...95 lines deleted...]
-      <c r="L33" t="s">
+      <c r="J36" t="s">
         <v>23</v>
       </c>
-      <c r="M33" t="s">
-[...124 lines deleted...]
-      </c>
       <c r="K36" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N36" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>229</v>
+      </c>
+      <c r="P36" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>160</v>
+        <v>230</v>
       </c>
       <c r="B37" t="s">
-        <v>15</v>
+        <v>231</v>
       </c>
       <c r="C37" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="E37" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>57</v>
+      </c>
+      <c r="G37" t="s">
+        <v>33</v>
       </c>
       <c r="H37">
         <v>2012</v>
       </c>
-      <c r="I37" t="s">
-        <v>20</v>
+      <c r="I37">
+        <v>2012</v>
       </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K37" t="s">
-        <v>161</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>95</v>
+        <v>232</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N37" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>233</v>
+      </c>
+      <c r="P37" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>163</v>
+        <v>235</v>
       </c>
       <c r="B38" t="s">
-        <v>15</v>
+        <v>236</v>
       </c>
       <c r="C38" t="s">
-        <v>141</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>201</v>
       </c>
       <c r="E38" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>57</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2012</v>
       </c>
-      <c r="H38"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K38" t="s">
-        <v>164</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>23</v>
+        <v>237</v>
       </c>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N38" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>238</v>
+      </c>
+      <c r="P38" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>166</v>
+        <v>240</v>
       </c>
       <c r="B39" t="s">
-        <v>15</v>
+        <v>241</v>
       </c>
       <c r="C39" t="s">
-        <v>167</v>
+        <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>242</v>
       </c>
       <c r="E39" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>57</v>
+      </c>
+      <c r="G39" t="s">
+        <v>33</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
-      <c r="I39" t="s">
-        <v>20</v>
+      <c r="I39">
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K39" t="s">
-        <v>164</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>95</v>
+        <v>237</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N39" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>243</v>
+      </c>
+      <c r="P39" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>169</v>
+        <v>245</v>
       </c>
       <c r="B40" t="s">
-        <v>15</v>
+        <v>246</v>
       </c>
       <c r="C40" t="s">
-        <v>170</v>
+        <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>247</v>
       </c>
       <c r="E40" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G40">
+        <v>57</v>
+      </c>
+      <c r="G40" t="s">
+        <v>33</v>
+      </c>
+      <c r="H40">
         <v>1993</v>
       </c>
-      <c r="H40">
+      <c r="I40">
         <v>2013</v>
       </c>
-      <c r="I40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K40" t="s">
-        <v>171</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>23</v>
+        <v>248</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N40" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>249</v>
+      </c>
+      <c r="P40" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>173</v>
+        <v>251</v>
       </c>
       <c r="B41" t="s">
-        <v>15</v>
+        <v>252</v>
       </c>
       <c r="C41" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E41" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>57</v>
+      </c>
+      <c r="G41" t="s">
+        <v>33</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
-      <c r="I41" t="s">
-        <v>20</v>
+      <c r="I41">
+        <v>2012</v>
       </c>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K41" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>95</v>
+        <v>253</v>
       </c>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N41" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>254</v>
+      </c>
+      <c r="P41" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>176</v>
+        <v>256</v>
       </c>
       <c r="B42" t="s">
-        <v>15</v>
+        <v>257</v>
       </c>
       <c r="C42" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>258</v>
       </c>
       <c r="E42" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>57</v>
+      </c>
+      <c r="G42" t="s">
+        <v>33</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
-      <c r="I42" t="s">
-        <v>20</v>
+      <c r="I42">
+        <v>2011</v>
       </c>
       <c r="J42" t="s">
-        <v>148</v>
+        <v>23</v>
       </c>
       <c r="K42" t="s">
-        <v>178</v>
+        <v>212</v>
       </c>
       <c r="L42" t="s">
+        <v>259</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>260</v>
+      </c>
+      <c r="P42" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>262</v>
+      </c>
+      <c r="B43" t="s">
+        <v>263</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>264</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>57</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
         <v>23</v>
       </c>
-      <c r="M42" t="s">
-[...22 lines deleted...]
-      <c r="F43" t="s">
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>265</v>
+      </c>
+      <c r="M43" t="s">
+        <v>26</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>266</v>
+      </c>
+      <c r="P43" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>268</v>
+      </c>
+      <c r="B44" t="s">
+        <v>269</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>258</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>57</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>140</v>
+      </c>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>270</v>
+      </c>
+      <c r="P44" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>272</v>
+      </c>
+      <c r="B45" t="s">
+        <v>273</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>274</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>57</v>
+      </c>
+      <c r="G45" t="s">
+        <v>33</v>
+      </c>
+      <c r="H45">
+        <v>2000</v>
+      </c>
+      <c r="I45">
+        <v>2012</v>
+      </c>
+      <c r="J45" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>190</v>
+      </c>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>275</v>
+      </c>
+      <c r="P45" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>277</v>
+      </c>
+      <c r="B46" t="s">
+        <v>278</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>279</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>57</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>157</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>280</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>281</v>
+      </c>
+      <c r="P46" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>283</v>
+      </c>
+      <c r="B47" t="s">
+        <v>284</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>279</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>57</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2017</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>157</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>285</v>
+      </c>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>286</v>
+      </c>
+      <c r="P47" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>288</v>
+      </c>
+      <c r="B48" t="s">
+        <v>289</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
         <v>19</v>
       </c>
-      <c r="G43">
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>57</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2014</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>23</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>290</v>
+      </c>
+      <c r="M48" t="s">
+        <v>26</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>291</v>
+      </c>
+      <c r="P48" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>293</v>
+      </c>
+      <c r="B49" t="s">
+        <v>294</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>274</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>57</v>
+      </c>
+      <c r="G49" t="s">
+        <v>33</v>
+      </c>
+      <c r="H49">
+        <v>2000</v>
+      </c>
+      <c r="I49">
+        <v>2012</v>
+      </c>
+      <c r="J49" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>190</v>
+      </c>
+      <c r="M49" t="s">
+        <v>26</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>295</v>
+      </c>
+      <c r="P49" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>297</v>
+      </c>
+      <c r="B50" t="s">
+        <v>298</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>279</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>57</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2017</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>157</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>285</v>
+      </c>
+      <c r="M50" t="s">
+        <v>26</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>299</v>
+      </c>
+      <c r="P50" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>301</v>
+      </c>
+      <c r="B51" t="s">
+        <v>302</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>279</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>57</v>
+      </c>
+      <c r="G51" t="s">
+        <v>33</v>
+      </c>
+      <c r="H51"/>
+      <c r="I51">
+        <v>2016</v>
+      </c>
+      <c r="J51" t="s">
+        <v>157</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>303</v>
+      </c>
+      <c r="M51" t="s">
+        <v>26</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>304</v>
+      </c>
+      <c r="P51" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>306</v>
+      </c>
+      <c r="B52" t="s">
+        <v>307</v>
+      </c>
+      <c r="C52" t="s">
+        <v>38</v>
+      </c>
+      <c r="D52" t="s">
+        <v>308</v>
+      </c>
+      <c r="E52" t="s">
+        <v>40</v>
+      </c>
+      <c r="F52" t="s">
+        <v>41</v>
+      </c>
+      <c r="G52" t="s">
+        <v>33</v>
+      </c>
+      <c r="H52">
+        <v>2009</v>
+      </c>
+      <c r="I52">
+        <v>2024</v>
+      </c>
+      <c r="J52" t="s">
+        <v>50</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>309</v>
+      </c>
+      <c r="M52" t="s">
+        <v>45</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>310</v>
+      </c>
+      <c r="P52" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>312</v>
+      </c>
+      <c r="B53" t="s">
+        <v>313</v>
+      </c>
+      <c r="C53" t="s">
+        <v>38</v>
+      </c>
+      <c r="D53" t="s">
+        <v>75</v>
+      </c>
+      <c r="E53" t="s">
+        <v>40</v>
+      </c>
+      <c r="F53" t="s">
+        <v>41</v>
+      </c>
+      <c r="G53" t="s">
+        <v>33</v>
+      </c>
+      <c r="H53">
+        <v>2009</v>
+      </c>
+      <c r="I53">
+        <v>2024</v>
+      </c>
+      <c r="J53" t="s">
+        <v>50</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>314</v>
+      </c>
+      <c r="M53" t="s">
+        <v>45</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>315</v>
+      </c>
+      <c r="P53" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>317</v>
+      </c>
+      <c r="B54" t="s">
+        <v>318</v>
+      </c>
+      <c r="C54" t="s">
+        <v>38</v>
+      </c>
+      <c r="D54" t="s">
+        <v>69</v>
+      </c>
+      <c r="E54" t="s">
+        <v>40</v>
+      </c>
+      <c r="F54" t="s">
+        <v>41</v>
+      </c>
+      <c r="G54" t="s">
+        <v>33</v>
+      </c>
+      <c r="H54">
+        <v>2007</v>
+      </c>
+      <c r="I54">
+        <v>2020</v>
+      </c>
+      <c r="J54" t="s">
+        <v>157</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>319</v>
+      </c>
+      <c r="M54" t="s">
+        <v>45</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>320</v>
+      </c>
+      <c r="P54" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>322</v>
+      </c>
+      <c r="B55" t="s">
+        <v>323</v>
+      </c>
+      <c r="C55" t="s">
+        <v>38</v>
+      </c>
+      <c r="D55" t="s">
+        <v>324</v>
+      </c>
+      <c r="E55" t="s">
+        <v>40</v>
+      </c>
+      <c r="F55" t="s">
+        <v>41</v>
+      </c>
+      <c r="G55" t="s">
+        <v>33</v>
+      </c>
+      <c r="H55">
+        <v>2009</v>
+      </c>
+      <c r="I55">
+        <v>2023</v>
+      </c>
+      <c r="J55" t="s">
+        <v>50</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>325</v>
+      </c>
+      <c r="M55" t="s">
+        <v>45</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>326</v>
+      </c>
+      <c r="P55" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>328</v>
+      </c>
+      <c r="B56" t="s">
+        <v>329</v>
+      </c>
+      <c r="C56" t="s">
+        <v>38</v>
+      </c>
+      <c r="D56" t="s">
+        <v>330</v>
+      </c>
+      <c r="E56" t="s">
+        <v>40</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>42</v>
+      </c>
+      <c r="H56">
+        <v>2025</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>331</v>
+      </c>
+      <c r="K56" t="s">
+        <v>332</v>
+      </c>
+      <c r="L56" t="s">
+        <v>333</v>
+      </c>
+      <c r="M56" t="s">
+        <v>45</v>
+      </c>
+      <c r="N56" t="s">
+        <v>334</v>
+      </c>
+      <c r="O56" t="s">
+        <v>335</v>
+      </c>
+      <c r="P56" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>337</v>
+      </c>
+      <c r="B57" t="s">
+        <v>338</v>
+      </c>
+      <c r="C57" t="s">
+        <v>38</v>
+      </c>
+      <c r="D57" t="s">
+        <v>69</v>
+      </c>
+      <c r="E57" t="s">
+        <v>40</v>
+      </c>
+      <c r="F57" t="s">
+        <v>41</v>
+      </c>
+      <c r="G57" t="s">
+        <v>33</v>
+      </c>
+      <c r="H57">
+        <v>2006</v>
+      </c>
+      <c r="I57">
+        <v>2024</v>
+      </c>
+      <c r="J57" t="s">
+        <v>50</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>339</v>
+      </c>
+      <c r="M57" t="s">
+        <v>45</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>340</v>
+      </c>
+      <c r="P57" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>342</v>
+      </c>
+      <c r="B58" t="s">
+        <v>343</v>
+      </c>
+      <c r="C58" t="s">
+        <v>38</v>
+      </c>
+      <c r="D58" t="s">
+        <v>344</v>
+      </c>
+      <c r="E58" t="s">
+        <v>40</v>
+      </c>
+      <c r="F58" t="s">
+        <v>41</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2023</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>345</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>346</v>
+      </c>
+      <c r="M58" t="s">
+        <v>45</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>347</v>
+      </c>
+      <c r="P58" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>349</v>
+      </c>
+      <c r="B59" t="s">
+        <v>350</v>
+      </c>
+      <c r="C59" t="s">
+        <v>38</v>
+      </c>
+      <c r="D59" t="s">
+        <v>122</v>
+      </c>
+      <c r="E59" t="s">
+        <v>40</v>
+      </c>
+      <c r="F59" t="s">
+        <v>41</v>
+      </c>
+      <c r="G59" t="s">
+        <v>33</v>
+      </c>
+      <c r="H59">
+        <v>2011</v>
+      </c>
+      <c r="I59">
+        <v>2022</v>
+      </c>
+      <c r="J59" t="s">
+        <v>157</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>351</v>
+      </c>
+      <c r="M59" t="s">
+        <v>45</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>352</v>
+      </c>
+      <c r="P59" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>354</v>
+      </c>
+      <c r="B60" t="s">
+        <v>355</v>
+      </c>
+      <c r="C60" t="s">
+        <v>38</v>
+      </c>
+      <c r="D60" t="s">
+        <v>122</v>
+      </c>
+      <c r="E60" t="s">
+        <v>40</v>
+      </c>
+      <c r="F60" t="s">
+        <v>41</v>
+      </c>
+      <c r="G60" t="s">
+        <v>33</v>
+      </c>
+      <c r="H60">
+        <v>2007</v>
+      </c>
+      <c r="I60">
+        <v>2024</v>
+      </c>
+      <c r="J60" t="s">
+        <v>50</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>356</v>
+      </c>
+      <c r="M60" t="s">
+        <v>45</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>357</v>
+      </c>
+      <c r="P60" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>359</v>
+      </c>
+      <c r="B61" t="s">
+        <v>360</v>
+      </c>
+      <c r="C61" t="s">
+        <v>38</v>
+      </c>
+      <c r="D61" t="s">
+        <v>361</v>
+      </c>
+      <c r="E61" t="s">
+        <v>40</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>8</v>
+      </c>
+      <c r="H61">
+        <v>2007</v>
+      </c>
+      <c r="I61">
+        <v>2025</v>
+      </c>
+      <c r="J61" t="s">
+        <v>362</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>45</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>363</v>
+      </c>
+      <c r="P61" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>365</v>
+      </c>
+      <c r="B62" t="s">
+        <v>366</v>
+      </c>
+      <c r="C62" t="s">
+        <v>38</v>
+      </c>
+      <c r="D62" t="s">
+        <v>122</v>
+      </c>
+      <c r="E62" t="s">
+        <v>40</v>
+      </c>
+      <c r="F62" t="s">
+        <v>41</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2015</v>
+      </c>
+      <c r="I62">
+        <v>2022</v>
+      </c>
+      <c r="J62" t="s">
+        <v>157</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>367</v>
+      </c>
+      <c r="M62" t="s">
+        <v>45</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>368</v>
+      </c>
+      <c r="P62" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>370</v>
+      </c>
+      <c r="B63" t="s">
+        <v>371</v>
+      </c>
+      <c r="C63" t="s">
+        <v>38</v>
+      </c>
+      <c r="D63" t="s">
+        <v>372</v>
+      </c>
+      <c r="E63" t="s">
+        <v>40</v>
+      </c>
+      <c r="F63" t="s">
+        <v>41</v>
+      </c>
+      <c r="G63" t="s">
+        <v>33</v>
+      </c>
+      <c r="H63">
+        <v>2015</v>
+      </c>
+      <c r="I63">
+        <v>2023</v>
+      </c>
+      <c r="J63" t="s">
+        <v>373</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>374</v>
+      </c>
+      <c r="M63" t="s">
+        <v>45</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>375</v>
+      </c>
+      <c r="P63" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>377</v>
+      </c>
+      <c r="B64" t="s">
+        <v>378</v>
+      </c>
+      <c r="C64" t="s">
+        <v>38</v>
+      </c>
+      <c r="D64" t="s">
+        <v>32</v>
+      </c>
+      <c r="E64" t="s">
+        <v>40</v>
+      </c>
+      <c r="F64" t="s">
+        <v>41</v>
+      </c>
+      <c r="G64" t="s">
+        <v>33</v>
+      </c>
+      <c r="H64">
+        <v>2009</v>
+      </c>
+      <c r="I64">
+        <v>2022</v>
+      </c>
+      <c r="J64" t="s">
+        <v>50</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>379</v>
+      </c>
+      <c r="M64" t="s">
+        <v>45</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>380</v>
+      </c>
+      <c r="P64" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>382</v>
+      </c>
+      <c r="B65" t="s">
+        <v>383</v>
+      </c>
+      <c r="C65" t="s">
+        <v>38</v>
+      </c>
+      <c r="D65" t="s">
+        <v>384</v>
+      </c>
+      <c r="E65" t="s">
+        <v>40</v>
+      </c>
+      <c r="F65" t="s">
+        <v>41</v>
+      </c>
+      <c r="G65" t="s">
+        <v>33</v>
+      </c>
+      <c r="H65">
+        <v>2009</v>
+      </c>
+      <c r="I65">
+        <v>2018</v>
+      </c>
+      <c r="J65" t="s">
+        <v>157</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>385</v>
+      </c>
+      <c r="M65" t="s">
+        <v>45</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>386</v>
+      </c>
+      <c r="P65" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>388</v>
+      </c>
+      <c r="B66" t="s">
+        <v>389</v>
+      </c>
+      <c r="C66" t="s">
+        <v>38</v>
+      </c>
+      <c r="D66" t="s">
+        <v>75</v>
+      </c>
+      <c r="E66" t="s">
+        <v>40</v>
+      </c>
+      <c r="F66" t="s">
+        <v>41</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2023</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>345</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>390</v>
+      </c>
+      <c r="M66" t="s">
+        <v>45</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>391</v>
+      </c>
+      <c r="P66" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>393</v>
+      </c>
+      <c r="B67" t="s">
+        <v>394</v>
+      </c>
+      <c r="C67" t="s">
+        <v>38</v>
+      </c>
+      <c r="D67" t="s">
+        <v>63</v>
+      </c>
+      <c r="E67" t="s">
+        <v>40</v>
+      </c>
+      <c r="F67" t="s">
+        <v>41</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2023</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>331</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>395</v>
+      </c>
+      <c r="M67" t="s">
+        <v>45</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>396</v>
+      </c>
+      <c r="P67" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>398</v>
+      </c>
+      <c r="B68" t="s">
+        <v>399</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>223</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>57</v>
+      </c>
+      <c r="G68" t="s">
+        <v>33</v>
+      </c>
+      <c r="H68">
+        <v>2000</v>
+      </c>
+      <c r="I68">
+        <v>2015</v>
+      </c>
+      <c r="J68" t="s">
+        <v>23</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>224</v>
+      </c>
+      <c r="M68" t="s">
+        <v>26</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>400</v>
+      </c>
+      <c r="P68" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>402</v>
+      </c>
+      <c r="B69" t="s">
+        <v>403</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>19</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>57</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2015</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>23</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>404</v>
+      </c>
+      <c r="M69" t="s">
+        <v>129</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>405</v>
+      </c>
+      <c r="P69" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>407</v>
+      </c>
+      <c r="B70" t="s">
+        <v>408</v>
+      </c>
+      <c r="C70" t="s">
+        <v>409</v>
+      </c>
+      <c r="D70" t="s">
+        <v>274</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>57</v>
+      </c>
+      <c r="G70" t="s">
+        <v>33</v>
+      </c>
+      <c r="H70">
+        <v>1994</v>
+      </c>
+      <c r="I70">
+        <v>2020</v>
+      </c>
+      <c r="J70" t="s">
+        <v>410</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>411</v>
+      </c>
+      <c r="M70" t="s">
+        <v>412</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>413</v>
+      </c>
+      <c r="P70" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>415</v>
+      </c>
+      <c r="B71" t="s">
+        <v>416</v>
+      </c>
+      <c r="C71" t="s">
+        <v>417</v>
+      </c>
+      <c r="D71" t="s">
+        <v>189</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>57</v>
+      </c>
+      <c r="G71" t="s">
+        <v>33</v>
+      </c>
+      <c r="H71">
+        <v>1992</v>
+      </c>
+      <c r="I71">
+        <v>2020</v>
+      </c>
+      <c r="J71" t="s">
+        <v>410</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>418</v>
+      </c>
+      <c r="M71" t="s">
+        <v>412</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>419</v>
+      </c>
+      <c r="P71" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>421</v>
+      </c>
+      <c r="B72" t="s">
+        <v>422</v>
+      </c>
+      <c r="C72" t="s">
+        <v>409</v>
+      </c>
+      <c r="D72" t="s">
+        <v>223</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>57</v>
+      </c>
+      <c r="G72" t="s">
+        <v>33</v>
+      </c>
+      <c r="H72">
+        <v>2001</v>
+      </c>
+      <c r="I72">
+        <v>2019</v>
+      </c>
+      <c r="J72" t="s">
+        <v>410</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>423</v>
+      </c>
+      <c r="M72" t="s">
+        <v>412</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>424</v>
+      </c>
+      <c r="P72" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>426</v>
+      </c>
+      <c r="B73" t="s">
+        <v>427</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>201</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>33</v>
+      </c>
+      <c r="H73">
+        <v>1981</v>
+      </c>
+      <c r="I73">
+        <v>1982</v>
+      </c>
+      <c r="J73" t="s">
+        <v>23</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>428</v>
+      </c>
+      <c r="M73" t="s">
+        <v>129</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>429</v>
+      </c>
+      <c r="P73" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>430</v>
+      </c>
+      <c r="B74" t="s">
+        <v>431</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>247</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2009</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>23</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>432</v>
+      </c>
+      <c r="M74" t="s">
+        <v>26</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>433</v>
+      </c>
+      <c r="P74" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>434</v>
+      </c>
+      <c r="B75" t="s">
+        <v>434</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>384</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>33</v>
+      </c>
+      <c r="H75">
+        <v>2002</v>
+      </c>
+      <c r="I75">
+        <v>2001</v>
+      </c>
+      <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>26</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>435</v>
+      </c>
+      <c r="P75" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>436</v>
+      </c>
+      <c r="B76" t="s">
+        <v>437</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>438</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2003</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>23</v>
+      </c>
+      <c r="K76" t="s">
+        <v>212</v>
+      </c>
+      <c r="L76" t="s">
+        <v>439</v>
+      </c>
+      <c r="M76" t="s">
+        <v>129</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>440</v>
+      </c>
+      <c r="P76" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>436</v>
+      </c>
+      <c r="B77" t="s">
+        <v>437</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>438</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2003</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" t="s">
+        <v>441</v>
+      </c>
+      <c r="L77" t="s">
+        <v>439</v>
+      </c>
+      <c r="M77" t="s">
+        <v>26</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>442</v>
+      </c>
+      <c r="P77" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>443</v>
+      </c>
+      <c r="B78" t="s">
+        <v>444</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>274</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>57</v>
+      </c>
+      <c r="G78" t="s">
+        <v>33</v>
+      </c>
+      <c r="H78">
+        <v>2000</v>
+      </c>
+      <c r="I78">
         <v>2013</v>
       </c>
-      <c r="H43"/>
-[...9 lines deleted...]
-      <c r="L43" t="s">
+      <c r="J78" t="s">
         <v>23</v>
       </c>
-      <c r="M43" t="s">
-[...25 lines deleted...]
-      <c r="G44">
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>445</v>
+      </c>
+      <c r="M78" t="s">
+        <v>26</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>446</v>
+      </c>
+      <c r="P78" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>448</v>
+      </c>
+      <c r="B79" t="s">
+        <v>449</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>274</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>57</v>
+      </c>
+      <c r="G79" t="s">
+        <v>33</v>
+      </c>
+      <c r="H79">
+        <v>2000</v>
+      </c>
+      <c r="I79">
         <v>2013</v>
       </c>
-      <c r="H44"/>
-[...9 lines deleted...]
-      <c r="L44" t="s">
+      <c r="J79" t="s">
         <v>23</v>
       </c>
-      <c r="M44" t="s">
-[...25 lines deleted...]
-      <c r="G45">
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>26</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>450</v>
+      </c>
+      <c r="P79" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>452</v>
+      </c>
+      <c r="B80" t="s">
+        <v>453</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>274</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>57</v>
+      </c>
+      <c r="G80" t="s">
+        <v>33</v>
+      </c>
+      <c r="H80">
         <v>2000</v>
       </c>
-      <c r="H45">
-[...11 lines deleted...]
-      <c r="L45" t="s">
+      <c r="I80">
+        <v>2013</v>
+      </c>
+      <c r="J80" t="s">
         <v>23</v>
       </c>
-      <c r="M45" t="s">
-[...1500 lines deleted...]
-      </c>
       <c r="K80" t="s">
-        <v>300</v>
+        <v>24</v>
       </c>
       <c r="L80" t="s">
-        <v>95</v>
+        <v>445</v>
       </c>
       <c r="M80" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N80" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>454</v>
+      </c>
+      <c r="P80" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>306</v>
+        <v>456</v>
       </c>
       <c r="B81" t="s">
-        <v>15</v>
+        <v>457</v>
       </c>
       <c r="C81" t="s">
-        <v>217</v>
+        <v>18</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>324</v>
       </c>
       <c r="E81" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>57</v>
+      </c>
+      <c r="G81" t="s">
+        <v>33</v>
       </c>
       <c r="H81">
         <v>2015</v>
       </c>
-      <c r="I81" t="s">
-        <v>20</v>
+      <c r="I81">
+        <v>2015</v>
       </c>
       <c r="J81" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K81" t="s">
-        <v>306</v>
+        <v>24</v>
       </c>
       <c r="L81" t="s">
+        <v>456</v>
+      </c>
+      <c r="M81" t="s">
+        <v>26</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>458</v>
+      </c>
+      <c r="P81" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>460</v>
+      </c>
+      <c r="B82" t="s">
+        <v>461</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>32</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>57</v>
+      </c>
+      <c r="G82" t="s">
+        <v>33</v>
+      </c>
+      <c r="H82">
+        <v>2008</v>
+      </c>
+      <c r="I82">
+        <v>2013</v>
+      </c>
+      <c r="J82" t="s">
         <v>23</v>
       </c>
-      <c r="M81" t="s">
-[...28 lines deleted...]
-      <c r="H82">
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>34</v>
+      </c>
+      <c r="M82" t="s">
+        <v>129</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>462</v>
+      </c>
+      <c r="P82" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>464</v>
+      </c>
+      <c r="B83" t="s">
+        <v>465</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>195</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>57</v>
+      </c>
+      <c r="G83" t="s">
+        <v>33</v>
+      </c>
+      <c r="H83">
+        <v>2010</v>
+      </c>
+      <c r="I83">
+        <v>2014</v>
+      </c>
+      <c r="J83" t="s">
+        <v>23</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>26</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>466</v>
+      </c>
+      <c r="P83" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>468</v>
+      </c>
+      <c r="B84" t="s">
+        <v>469</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>93</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>57</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2013</v>
       </c>
-      <c r="I82" t="s">
-[...50 lines deleted...]
-      <c r="L83" t="s">
+      <c r="I84"/>
+      <c r="J84" t="s">
         <v>23</v>
       </c>
-      <c r="M83" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
       <c r="M84" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N84" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>470</v>
+      </c>
+      <c r="P84" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>314</v>
+        <v>472</v>
       </c>
       <c r="B85" t="s">
-        <v>15</v>
+        <v>473</v>
       </c>
       <c r="C85" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>258</v>
       </c>
       <c r="E85" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>57</v>
+      </c>
+      <c r="G85" t="s">
+        <v>33</v>
       </c>
       <c r="H85">
         <v>2011</v>
       </c>
-      <c r="I85" t="s">
-        <v>20</v>
+      <c r="I85">
+        <v>2011</v>
       </c>
       <c r="J85" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-      <c r="L85" t="s">
         <v>23</v>
       </c>
+      <c r="K85" t="s">
+        <v>212</v>
+      </c>
+      <c r="L85"/>
       <c r="M85" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N85" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>474</v>
+      </c>
+      <c r="P85"/>
+    </row>
+    <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>316</v>
+        <v>475</v>
       </c>
       <c r="B86" t="s">
-        <v>15</v>
+        <v>476</v>
       </c>
       <c r="C86" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E86" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G86">
+        <v>57</v>
+      </c>
+      <c r="G86" t="s">
+        <v>33</v>
+      </c>
+      <c r="H86">
         <v>2008</v>
       </c>
-      <c r="H86">
+      <c r="I86">
         <v>2014</v>
       </c>
-      <c r="I86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J86" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N86" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>477</v>
+      </c>
+      <c r="P86" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>318</v>
+        <v>479</v>
       </c>
       <c r="B87" t="s">
-        <v>15</v>
+        <v>480</v>
       </c>
       <c r="C87" t="s">
-        <v>319</v>
+        <v>18</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>481</v>
       </c>
       <c r="E87" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G87">
+        <v>57</v>
+      </c>
+      <c r="G87" t="s">
+        <v>33</v>
+      </c>
+      <c r="H87">
         <v>2011</v>
       </c>
-      <c r="H87">
+      <c r="I87">
         <v>2013</v>
       </c>
-      <c r="I87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J87" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L87" t="s">
         <v>23</v>
       </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
       <c r="M87" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N87" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>482</v>
+      </c>
+      <c r="P87" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>321</v>
+        <v>484</v>
       </c>
       <c r="B88" t="s">
-        <v>15</v>
+        <v>485</v>
       </c>
       <c r="C88" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="E88" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F88" t="s">
+        <v>57</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2014</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>23</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>26</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>486</v>
+      </c>
+      <c r="P88" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>488</v>
+      </c>
+      <c r="B89" t="s">
+        <v>489</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
         <v>19</v>
       </c>
-      <c r="G88">
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>57</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
         <v>2014</v>
       </c>
-      <c r="H88"/>
-[...7 lines deleted...]
-      <c r="L88" t="s">
+      <c r="I89"/>
+      <c r="J89" t="s">
         <v>23</v>
       </c>
-      <c r="M88" t="s">
-[...25 lines deleted...]
-      <c r="G89">
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>129</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>490</v>
+      </c>
+      <c r="P89" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>492</v>
+      </c>
+      <c r="B90" t="s">
+        <v>493</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>258</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>57</v>
+      </c>
+      <c r="G90" t="s">
+        <v>33</v>
+      </c>
+      <c r="H90">
+        <v>2013</v>
+      </c>
+      <c r="I90">
         <v>2014</v>
       </c>
-      <c r="H89"/>
-[...39 lines deleted...]
-      <c r="H90">
+      <c r="J90" t="s">
+        <v>23</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>129</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>494</v>
+      </c>
+      <c r="P90" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>496</v>
+      </c>
+      <c r="B91" t="s">
+        <v>497</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>32</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>57</v>
+      </c>
+      <c r="G91" t="s">
+        <v>33</v>
+      </c>
+      <c r="H91">
+        <v>2012</v>
+      </c>
+      <c r="I91">
         <v>2014</v>
       </c>
-      <c r="I90" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J91" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N91" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>498</v>
+      </c>
+      <c r="P91" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>329</v>
+        <v>500</v>
       </c>
       <c r="B92" t="s">
-        <v>15</v>
+        <v>501</v>
       </c>
       <c r="C92" t="s">
-        <v>330</v>
+        <v>18</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>502</v>
       </c>
       <c r="E92" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G92">
+        <v>57</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
         <v>2015</v>
       </c>
-      <c r="H92"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I92"/>
       <c r="J92" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
       <c r="M92" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N92" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>503</v>
+      </c>
+      <c r="P92" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>332</v>
+        <v>505</v>
       </c>
       <c r="B93" t="s">
-        <v>15</v>
+        <v>506</v>
       </c>
       <c r="C93" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="D93" t="s">
-        <v>17</v>
+        <v>507</v>
       </c>
       <c r="E93" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>57</v>
+      </c>
+      <c r="G93" t="s">
+        <v>33</v>
       </c>
       <c r="H93">
         <v>2015</v>
       </c>
-      <c r="I93" t="s">
-        <v>20</v>
+      <c r="I93">
+        <v>2015</v>
       </c>
       <c r="J93" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K93" t="s">
-        <v>332</v>
+        <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>95</v>
+        <v>505</v>
       </c>
       <c r="M93" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N93" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>508</v>
+      </c>
+      <c r="P93" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>335</v>
+        <v>510</v>
       </c>
       <c r="B94" t="s">
-        <v>15</v>
+        <v>511</v>
       </c>
       <c r="C94" t="s">
-        <v>112</v>
+        <v>18</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>156</v>
       </c>
       <c r="E94" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G94">
+        <v>57</v>
+      </c>
+      <c r="G94" t="s">
+        <v>33</v>
+      </c>
+      <c r="H94">
         <v>2006</v>
       </c>
-      <c r="H94">
+      <c r="I94">
         <v>2016</v>
       </c>
-      <c r="I94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J94" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
       <c r="M94" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N94" t="s">
-        <v>336</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>512</v>
+      </c>
+      <c r="P94" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>337</v>
+        <v>514</v>
       </c>
       <c r="B95" t="s">
-        <v>15</v>
+        <v>515</v>
       </c>
       <c r="C95" t="s">
-        <v>338</v>
+        <v>18</v>
       </c>
       <c r="D95" t="s">
-        <v>17</v>
+        <v>516</v>
       </c>
       <c r="E95" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F95" t="s">
+        <v>57</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2016</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>23</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>129</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>517</v>
+      </c>
+      <c r="P95" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>519</v>
+      </c>
+      <c r="B96" t="s">
+        <v>520</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>521</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>57</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2016</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>23</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>129</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>522</v>
+      </c>
+      <c r="P96" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>524</v>
+      </c>
+      <c r="B97" t="s">
+        <v>525</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>526</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>57</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2016</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>23</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>129</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>527</v>
+      </c>
+      <c r="P97" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>528</v>
+      </c>
+      <c r="B98" t="s">
+        <v>529</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>189</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>57</v>
+      </c>
+      <c r="G98" t="s">
+        <v>33</v>
+      </c>
+      <c r="H98">
+        <v>2000</v>
+      </c>
+      <c r="I98">
+        <v>2016</v>
+      </c>
+      <c r="J98" t="s">
+        <v>23</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>26</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>530</v>
+      </c>
+      <c r="P98" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>532</v>
+      </c>
+      <c r="B99" t="s">
+        <v>533</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>189</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>57</v>
+      </c>
+      <c r="G99" t="s">
+        <v>33</v>
+      </c>
+      <c r="H99">
+        <v>2000</v>
+      </c>
+      <c r="I99">
+        <v>2015</v>
+      </c>
+      <c r="J99" t="s">
+        <v>23</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>129</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>534</v>
+      </c>
+      <c r="P99" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>536</v>
+      </c>
+      <c r="B100" t="s">
+        <v>537</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
+        <v>223</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>57</v>
+      </c>
+      <c r="G100" t="s">
+        <v>33</v>
+      </c>
+      <c r="H100">
+        <v>2000</v>
+      </c>
+      <c r="I100">
+        <v>2013</v>
+      </c>
+      <c r="J100" t="s">
+        <v>23</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
+        <v>445</v>
+      </c>
+      <c r="M100" t="s">
+        <v>129</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>538</v>
+      </c>
+      <c r="P100" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>540</v>
+      </c>
+      <c r="B101" t="s">
+        <v>541</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
         <v>19</v>
       </c>
-      <c r="G95">
-[...119 lines deleted...]
-      <c r="G98">
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>57</v>
+      </c>
+      <c r="G101" t="s">
+        <v>33</v>
+      </c>
+      <c r="H101">
+        <v>2001</v>
+      </c>
+      <c r="I101">
+        <v>2013</v>
+      </c>
+      <c r="J101" t="s">
+        <v>23</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>26</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>542</v>
+      </c>
+      <c r="P101" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>544</v>
+      </c>
+      <c r="B102" t="s">
+        <v>545</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>63</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>57</v>
+      </c>
+      <c r="G102" t="s">
+        <v>33</v>
+      </c>
+      <c r="H102">
+        <v>2002</v>
+      </c>
+      <c r="I102">
+        <v>2014</v>
+      </c>
+      <c r="J102" t="s">
+        <v>23</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>546</v>
+      </c>
+      <c r="M102" t="s">
+        <v>26</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>547</v>
+      </c>
+      <c r="P102" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>549</v>
+      </c>
+      <c r="B103" t="s">
+        <v>550</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>551</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>57</v>
+      </c>
+      <c r="G103" t="s">
+        <v>33</v>
+      </c>
+      <c r="H103">
+        <v>1998</v>
+      </c>
+      <c r="I103">
+        <v>2014</v>
+      </c>
+      <c r="J103" t="s">
+        <v>552</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>553</v>
+      </c>
+      <c r="M103" t="s">
+        <v>26</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>554</v>
+      </c>
+      <c r="P103" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>556</v>
+      </c>
+      <c r="B104" t="s">
+        <v>557</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>122</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>57</v>
+      </c>
+      <c r="G104" t="s">
+        <v>33</v>
+      </c>
+      <c r="H104">
+        <v>2005</v>
+      </c>
+      <c r="I104">
+        <v>2013</v>
+      </c>
+      <c r="J104" t="s">
+        <v>23</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>558</v>
+      </c>
+      <c r="M104" t="s">
+        <v>129</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>559</v>
+      </c>
+      <c r="P104" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>561</v>
+      </c>
+      <c r="B105" t="s">
+        <v>562</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>384</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>57</v>
+      </c>
+      <c r="G105" t="s">
+        <v>33</v>
+      </c>
+      <c r="H105">
+        <v>2002</v>
+      </c>
+      <c r="I105">
+        <v>2013</v>
+      </c>
+      <c r="J105" t="s">
+        <v>23</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>129</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>563</v>
+      </c>
+      <c r="P105" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>565</v>
+      </c>
+      <c r="B106" t="s">
+        <v>566</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>223</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>57</v>
+      </c>
+      <c r="G106" t="s">
+        <v>33</v>
+      </c>
+      <c r="H106">
         <v>2000</v>
       </c>
-      <c r="H98">
-[...9 lines deleted...]
-      <c r="L98" t="s">
+      <c r="I106">
+        <v>2013</v>
+      </c>
+      <c r="J106" t="s">
         <v>23</v>
       </c>
-      <c r="M98" t="s">
-[...28 lines deleted...]
-      <c r="H99">
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>567</v>
+      </c>
+      <c r="M106" t="s">
+        <v>26</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>568</v>
+      </c>
+      <c r="P106"/>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>569</v>
+      </c>
+      <c r="B107" t="s">
+        <v>570</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>183</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>57</v>
+      </c>
+      <c r="G107" t="s">
+        <v>33</v>
+      </c>
+      <c r="H107">
+        <v>2011</v>
+      </c>
+      <c r="I107">
+        <v>2013</v>
+      </c>
+      <c r="J107" t="s">
+        <v>23</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>129</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>571</v>
+      </c>
+      <c r="P107" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>573</v>
+      </c>
+      <c r="B108" t="s">
+        <v>574</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>211</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>57</v>
+      </c>
+      <c r="G108" t="s">
+        <v>33</v>
+      </c>
+      <c r="H108">
+        <v>2006</v>
+      </c>
+      <c r="I108">
         <v>2015</v>
       </c>
-      <c r="I99" t="s">
-[...38 lines deleted...]
-      <c r="H100">
+      <c r="J108" t="s">
+        <v>23</v>
+      </c>
+      <c r="K108" t="s">
+        <v>212</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>129</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>575</v>
+      </c>
+      <c r="P108" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>577</v>
+      </c>
+      <c r="B109" t="s">
+        <v>578</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>264</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>57</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2013</v>
       </c>
-      <c r="I100" t="s">
-[...50 lines deleted...]
-      <c r="L101" t="s">
+      <c r="I109"/>
+      <c r="J109" t="s">
         <v>23</v>
       </c>
-      <c r="M101" t="s">
-[...340 lines deleted...]
-      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109"/>
       <c r="M109" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N109" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>579</v>
+      </c>
+      <c r="P109" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>376</v>
+        <v>581</v>
       </c>
       <c r="B110" t="s">
-        <v>15</v>
+        <v>582</v>
       </c>
       <c r="C110" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E110" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>57</v>
+      </c>
+      <c r="G110" t="s">
+        <v>33</v>
       </c>
       <c r="H110">
         <v>2012</v>
       </c>
-      <c r="I110" t="s">
-        <v>20</v>
+      <c r="I110">
+        <v>2012</v>
       </c>
       <c r="J110" t="s">
-        <v>377</v>
+        <v>23</v>
       </c>
       <c r="K110" t="s">
-        <v>378</v>
+        <v>583</v>
       </c>
       <c r="L110" t="s">
-        <v>95</v>
+        <v>584</v>
       </c>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N110" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>585</v>
+      </c>
+      <c r="P110" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>380</v>
+        <v>587</v>
       </c>
       <c r="B111" t="s">
-        <v>15</v>
+        <v>588</v>
       </c>
       <c r="C111" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="D111" t="s">
-        <v>17</v>
+        <v>274</v>
       </c>
       <c r="E111" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F111" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G111">
+        <v>57</v>
+      </c>
+      <c r="G111" t="s">
+        <v>33</v>
+      </c>
+      <c r="H111">
         <v>2000</v>
       </c>
-      <c r="H111">
+      <c r="I111">
         <v>2015</v>
       </c>
-      <c r="I111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J111" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L111" t="s">
         <v>23</v>
       </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N111" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>589</v>
+      </c>
+      <c r="P111" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>382</v>
+        <v>591</v>
       </c>
       <c r="B112" t="s">
-        <v>15</v>
+        <v>592</v>
       </c>
       <c r="C112" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="D112" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="E112" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G112">
+        <v>57</v>
+      </c>
+      <c r="G112" t="s">
+        <v>33</v>
+      </c>
+      <c r="H112">
         <v>2002</v>
       </c>
-      <c r="H112">
+      <c r="I112">
         <v>2013</v>
       </c>
-      <c r="I112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J112" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K112" t="s">
-        <v>383</v>
+        <v>24</v>
       </c>
       <c r="L112" t="s">
+        <v>593</v>
+      </c>
+      <c r="M112" t="s">
+        <v>26</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>594</v>
+      </c>
+      <c r="P112" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>596</v>
+      </c>
+      <c r="B113" t="s">
+        <v>597</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>274</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>57</v>
+      </c>
+      <c r="G113" t="s">
+        <v>33</v>
+      </c>
+      <c r="H113">
+        <v>2000</v>
+      </c>
+      <c r="I113">
+        <v>2015</v>
+      </c>
+      <c r="J113" t="s">
         <v>23</v>
       </c>
-      <c r="M112" t="s">
-[...40 lines deleted...]
-      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
       <c r="M113" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N113" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>598</v>
+      </c>
+      <c r="P113" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>387</v>
+        <v>600</v>
       </c>
       <c r="B114" t="s">
-        <v>15</v>
+        <v>601</v>
       </c>
       <c r="C114" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="D114" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="E114" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G114">
+        <v>57</v>
+      </c>
+      <c r="G114" t="s">
+        <v>33</v>
+      </c>
+      <c r="H114">
         <v>2001</v>
       </c>
-      <c r="H114">
+      <c r="I114">
         <v>2013</v>
       </c>
-      <c r="I114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J114" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L114" t="s">
         <v>23</v>
       </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
       <c r="M114" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N114" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>602</v>
+      </c>
+      <c r="P114" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>389</v>
+        <v>604</v>
       </c>
       <c r="B115" t="s">
-        <v>15</v>
+        <v>605</v>
       </c>
       <c r="C115" t="s">
-        <v>112</v>
+        <v>18</v>
       </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>156</v>
       </c>
       <c r="E115" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G115">
+        <v>57</v>
+      </c>
+      <c r="G115" t="s">
+        <v>33</v>
+      </c>
+      <c r="H115">
         <v>2006</v>
       </c>
-      <c r="H115">
+      <c r="I115">
         <v>2013</v>
       </c>
-      <c r="I115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J115" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115"/>
       <c r="M115" t="s">
-        <v>24</v>
+        <v>129</v>
       </c>
       <c r="N115" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>606</v>
+      </c>
+      <c r="P115" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>391</v>
+        <v>608</v>
       </c>
       <c r="B116" t="s">
-        <v>15</v>
+        <v>609</v>
       </c>
       <c r="C116" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="D116" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="E116" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G116">
+        <v>57</v>
+      </c>
+      <c r="G116" t="s">
+        <v>33</v>
+      </c>
+      <c r="H116">
         <v>2001</v>
       </c>
-      <c r="H116">
+      <c r="I116">
         <v>2013</v>
       </c>
-      <c r="I116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J116" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L116" t="s">
         <v>23</v>
       </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
       <c r="M116" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N116" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>610</v>
+      </c>
+      <c r="P116" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>393</v>
+        <v>612</v>
       </c>
       <c r="B117" t="s">
-        <v>15</v>
+        <v>613</v>
       </c>
       <c r="C117" t="s">
-        <v>177</v>
+        <v>18</v>
       </c>
       <c r="D117" t="s">
-        <v>17</v>
+        <v>258</v>
       </c>
       <c r="E117" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>57</v>
+      </c>
+      <c r="G117" t="s">
+        <v>33</v>
       </c>
       <c r="H117">
         <v>2011</v>
       </c>
-      <c r="I117" t="s">
-        <v>20</v>
+      <c r="I117">
+        <v>2011</v>
       </c>
       <c r="J117" t="s">
+        <v>23</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117" t="s">
+        <v>614</v>
+      </c>
+      <c r="M117" t="s">
+        <v>129</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>615</v>
+      </c>
+      <c r="P117" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>617</v>
+      </c>
+      <c r="B118" t="s">
+        <v>618</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
+        <v>324</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>57</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2014</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>23</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>26</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>619</v>
+      </c>
+      <c r="P118" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>621</v>
+      </c>
+      <c r="B119" t="s">
+        <v>622</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>623</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>57</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2015</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>23</v>
+      </c>
+      <c r="K119" t="s">
+        <v>624</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>129</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>625</v>
+      </c>
+      <c r="P119" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>627</v>
+      </c>
+      <c r="B120" t="s">
+        <v>628</v>
+      </c>
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
+        <v>223</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>57</v>
+      </c>
+      <c r="G120" t="s">
+        <v>33</v>
+      </c>
+      <c r="H120">
+        <v>2000</v>
+      </c>
+      <c r="I120">
+        <v>2013</v>
+      </c>
+      <c r="J120" t="s">
+        <v>23</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>412</v>
+      </c>
+      <c r="M120" t="s">
+        <v>26</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>629</v>
+      </c>
+      <c r="P120" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>631</v>
+      </c>
+      <c r="B121" t="s">
+        <v>632</v>
+      </c>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
+        <v>201</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>57</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2011</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>23</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>633</v>
+      </c>
+      <c r="M121" t="s">
+        <v>26</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>634</v>
+      </c>
+      <c r="P121" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>636</v>
+      </c>
+      <c r="B122" t="s">
+        <v>637</v>
+      </c>
+      <c r="C122" t="s">
+        <v>18</v>
+      </c>
+      <c r="D122" t="s">
+        <v>638</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>57</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2014</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>23</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>636</v>
+      </c>
+      <c r="M122" t="s">
+        <v>26</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>639</v>
+      </c>
+      <c r="P122" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>641</v>
+      </c>
+      <c r="B123" t="s">
+        <v>642</v>
+      </c>
+      <c r="C123" t="s">
+        <v>18</v>
+      </c>
+      <c r="D123" t="s">
+        <v>81</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>57</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2013</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>23</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>26</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>643</v>
+      </c>
+      <c r="P123" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>645</v>
+      </c>
+      <c r="B124" t="s">
+        <v>646</v>
+      </c>
+      <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
+        <v>223</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>57</v>
+      </c>
+      <c r="G124" t="s">
+        <v>33</v>
+      </c>
+      <c r="H124">
+        <v>2000</v>
+      </c>
+      <c r="I124">
+        <v>2014</v>
+      </c>
+      <c r="J124" t="s">
+        <v>23</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>129</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>647</v>
+      </c>
+      <c r="P124" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>649</v>
+      </c>
+      <c r="B125" t="s">
+        <v>650</v>
+      </c>
+      <c r="C125" t="s">
+        <v>18</v>
+      </c>
+      <c r="D125" t="s">
+        <v>81</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>57</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2013</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>23</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>26</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>651</v>
+      </c>
+      <c r="P125" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>653</v>
+      </c>
+      <c r="B126" t="s">
+        <v>654</v>
+      </c>
+      <c r="C126" t="s">
+        <v>18</v>
+      </c>
+      <c r="D126" t="s">
+        <v>19</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
         <v>21</v>
       </c>
-      <c r="K117" t="s">
-[...362 lines deleted...]
-        <v>2012</v>
+      <c r="G126" t="s">
+        <v>33</v>
       </c>
       <c r="H126">
         <v>2012</v>
       </c>
-      <c r="I126" t="s">
-        <v>20</v>
+      <c r="I126">
+        <v>2012</v>
       </c>
       <c r="J126" t="s">
+        <v>23</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>655</v>
+      </c>
+      <c r="M126" t="s">
+        <v>129</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>656</v>
+      </c>
+      <c r="P126" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>657</v>
+      </c>
+      <c r="B127" t="s">
+        <v>658</v>
+      </c>
+      <c r="C127" t="s">
+        <v>38</v>
+      </c>
+      <c r="D127" t="s">
+        <v>659</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>41</v>
+      </c>
+      <c r="G127" t="s">
+        <v>660</v>
+      </c>
+      <c r="H127"/>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>410</v>
+      </c>
+      <c r="K127" t="s">
+        <v>661</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>662</v>
+      </c>
+      <c r="N127" t="s">
+        <v>663</v>
+      </c>
+      <c r="O127" t="s">
+        <v>664</v>
+      </c>
+      <c r="P127" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>666</v>
+      </c>
+      <c r="B128" t="s">
+        <v>667</v>
+      </c>
+      <c r="C128" t="s">
+        <v>18</v>
+      </c>
+      <c r="D128" t="s">
+        <v>668</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
         <v>21</v>
       </c>
-      <c r="K126" t="s">
-[...16 lines deleted...]
-      <c r="B127" t="s">
+      <c r="G128" t="s">
+        <v>33</v>
+      </c>
+      <c r="H128">
+        <v>1981</v>
+      </c>
+      <c r="I128">
+        <v>2002</v>
+      </c>
+      <c r="J128" t="s">
+        <v>23</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>129</v>
+      </c>
+      <c r="N128" t="s">
+        <v>146</v>
+      </c>
+      <c r="O128" t="s">
+        <v>669</v>
+      </c>
+      <c r="P128" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>670</v>
+      </c>
+      <c r="B129" t="s">
+        <v>671</v>
+      </c>
+      <c r="C129" t="s">
+        <v>18</v>
+      </c>
+      <c r="D129" t="s">
+        <v>183</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2011</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>23</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>184</v>
+      </c>
+      <c r="M129" t="s">
+        <v>26</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>672</v>
+      </c>
+      <c r="P129" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>673</v>
+      </c>
+      <c r="B130" t="s">
+        <v>674</v>
+      </c>
+      <c r="C130" t="s">
+        <v>18</v>
+      </c>
+      <c r="D130" t="s">
+        <v>39</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2003</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>23</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>675</v>
+      </c>
+      <c r="M130" t="s">
+        <v>129</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>676</v>
+      </c>
+      <c r="P130" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>677</v>
+      </c>
+      <c r="B131"/>
+      <c r="C131" t="s">
+        <v>18</v>
+      </c>
+      <c r="D131" t="s">
+        <v>678</v>
+      </c>
+      <c r="E131" t="s">
+        <v>40</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2021</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>157</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>26</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>679</v>
+      </c>
+      <c r="P131" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>681</v>
+      </c>
+      <c r="B132" t="s">
+        <v>682</v>
+      </c>
+      <c r="C132" t="s">
+        <v>18</v>
+      </c>
+      <c r="D132" t="s">
+        <v>39</v>
+      </c>
+      <c r="E132" t="s">
+        <v>40</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>33</v>
+      </c>
+      <c r="H132">
+        <v>2003</v>
+      </c>
+      <c r="I132">
+        <v>2005</v>
+      </c>
+      <c r="J132" t="s">
+        <v>157</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>26</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>683</v>
+      </c>
+      <c r="P132" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>684</v>
+      </c>
+      <c r="B133" t="s">
+        <v>685</v>
+      </c>
+      <c r="C133" t="s">
+        <v>18</v>
+      </c>
+      <c r="D133" t="s">
+        <v>438</v>
+      </c>
+      <c r="E133" t="s">
+        <v>40</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2003</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>157</v>
+      </c>
+      <c r="K133" t="s">
+        <v>686</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>26</v>
+      </c>
+      <c r="N133" t="s">
+        <v>146</v>
+      </c>
+      <c r="O133" t="s">
+        <v>687</v>
+      </c>
+      <c r="P133" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>688</v>
+      </c>
+      <c r="B134" t="s">
+        <v>689</v>
+      </c>
+      <c r="C134" t="s">
+        <v>18</v>
+      </c>
+      <c r="D134" t="s">
+        <v>690</v>
+      </c>
+      <c r="E134" t="s">
+        <v>40</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2018</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>157</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>26</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>691</v>
+      </c>
+      <c r="P134" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>692</v>
+      </c>
+      <c r="B135" t="s">
+        <v>693</v>
+      </c>
+      <c r="C135" t="s">
+        <v>18</v>
+      </c>
+      <c r="D135" t="s">
+        <v>690</v>
+      </c>
+      <c r="E135" t="s">
+        <v>40</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2016</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>157</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>26</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>694</v>
+      </c>
+      <c r="P135" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>695</v>
+      </c>
+      <c r="B136"/>
+      <c r="C136" t="s">
+        <v>18</v>
+      </c>
+      <c r="D136" t="s">
+        <v>19</v>
+      </c>
+      <c r="E136" t="s">
+        <v>40</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2010</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>157</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>26</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>696</v>
+      </c>
+      <c r="P136" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>697</v>
+      </c>
+      <c r="B137"/>
+      <c r="C137" t="s">
+        <v>18</v>
+      </c>
+      <c r="D137" t="s">
+        <v>183</v>
+      </c>
+      <c r="E137" t="s">
+        <v>40</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>33</v>
+      </c>
+      <c r="H137">
+        <v>2011</v>
+      </c>
+      <c r="I137">
+        <v>2018</v>
+      </c>
+      <c r="J137" t="s">
+        <v>157</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137"/>
+      <c r="M137" t="s">
+        <v>698</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>699</v>
+      </c>
+      <c r="P137" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>700</v>
+      </c>
+      <c r="B138"/>
+      <c r="C138" t="s">
+        <v>18</v>
+      </c>
+      <c r="D138" t="s">
+        <v>344</v>
+      </c>
+      <c r="E138" t="s">
+        <v>40</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2011</v>
+      </c>
+      <c r="I138">
+        <v>2016</v>
+      </c>
+      <c r="J138" t="s">
+        <v>157</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138"/>
+      <c r="M138" t="s">
+        <v>26</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>701</v>
+      </c>
+      <c r="P138" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>702</v>
+      </c>
+      <c r="B139"/>
+      <c r="C139" t="s">
+        <v>18</v>
+      </c>
+      <c r="D139" t="s">
+        <v>481</v>
+      </c>
+      <c r="E139" t="s">
+        <v>40</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2015</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>157</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139"/>
+      <c r="M139" t="s">
+        <v>26</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>703</v>
+      </c>
+      <c r="P139" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>704</v>
+      </c>
+      <c r="B140"/>
+      <c r="C140" t="s">
+        <v>18</v>
+      </c>
+      <c r="D140" t="s">
         <v>32</v>
       </c>
-      <c r="C127" t="s">
-[...52 lines deleted...]
-      <c r="H128">
+      <c r="E140" t="s">
+        <v>40</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2015</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>157</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>26</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>705</v>
+      </c>
+      <c r="P140" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>706</v>
+      </c>
+      <c r="B141" t="s">
+        <v>707</v>
+      </c>
+      <c r="C141" t="s">
+        <v>18</v>
+      </c>
+      <c r="D141" t="s">
+        <v>708</v>
+      </c>
+      <c r="E141" t="s">
+        <v>40</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>33</v>
+      </c>
+      <c r="H141">
+        <v>2001</v>
+      </c>
+      <c r="I141">
+        <v>2018</v>
+      </c>
+      <c r="J141" t="s">
+        <v>157</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>26</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>709</v>
+      </c>
+      <c r="P141" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>710</v>
+      </c>
+      <c r="B142"/>
+      <c r="C142" t="s">
+        <v>18</v>
+      </c>
+      <c r="D142" t="s">
+        <v>247</v>
+      </c>
+      <c r="E142" t="s">
+        <v>40</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2009</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>157</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>26</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>711</v>
+      </c>
+      <c r="P142" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>712</v>
+      </c>
+      <c r="B143"/>
+      <c r="C143" t="s">
+        <v>18</v>
+      </c>
+      <c r="D143" t="s">
+        <v>19</v>
+      </c>
+      <c r="E143" t="s">
+        <v>40</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2012</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>157</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>26</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>713</v>
+      </c>
+      <c r="P143" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>714</v>
+      </c>
+      <c r="B144"/>
+      <c r="C144" t="s">
+        <v>18</v>
+      </c>
+      <c r="D144" t="s">
+        <v>708</v>
+      </c>
+      <c r="E144" t="s">
+        <v>40</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2014</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>157</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>26</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>715</v>
+      </c>
+      <c r="P144" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>716</v>
+      </c>
+      <c r="B145" t="s">
+        <v>717</v>
+      </c>
+      <c r="C145" t="s">
+        <v>18</v>
+      </c>
+      <c r="D145" t="s">
+        <v>668</v>
+      </c>
+      <c r="E145" t="s">
+        <v>40</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
         <v>2002</v>
       </c>
-      <c r="I128" t="s">
-[...2 lines deleted...]
-      <c r="J128" t="s">
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>157</v>
+      </c>
+      <c r="K145" t="s">
+        <v>24</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>26</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>718</v>
+      </c>
+      <c r="P145"/>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>719</v>
+      </c>
+      <c r="B146" t="s">
+        <v>720</v>
+      </c>
+      <c r="C146" t="s">
+        <v>18</v>
+      </c>
+      <c r="D146" t="s">
+        <v>721</v>
+      </c>
+      <c r="E146" t="s">
+        <v>40</v>
+      </c>
+      <c r="F146" t="s">
         <v>21</v>
       </c>
-      <c r="K128"/>
-[...17 lines deleted...]
-      <c r="C129" t="s">
+      <c r="G146" t="s">
+        <v>33</v>
+      </c>
+      <c r="H146">
+        <v>2002</v>
+      </c>
+      <c r="I146">
+        <v>2016</v>
+      </c>
+      <c r="J146" t="s">
+        <v>157</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>26</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>722</v>
+      </c>
+      <c r="P146" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>723</v>
+      </c>
+      <c r="B147" t="s">
+        <v>724</v>
+      </c>
+      <c r="C147" t="s">
+        <v>18</v>
+      </c>
+      <c r="D147" t="s">
+        <v>69</v>
+      </c>
+      <c r="E147" t="s">
+        <v>40</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>33</v>
+      </c>
+      <c r="H147">
+        <v>2000</v>
+      </c>
+      <c r="I147">
+        <v>2018</v>
+      </c>
+      <c r="J147" t="s">
+        <v>157</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>26</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>725</v>
+      </c>
+      <c r="P147" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>726</v>
+      </c>
+      <c r="B148"/>
+      <c r="C148" t="s">
+        <v>18</v>
+      </c>
+      <c r="D148" t="s">
+        <v>195</v>
+      </c>
+      <c r="E148" t="s">
+        <v>40</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
+        <v>2020</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>157</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>26</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>727</v>
+      </c>
+      <c r="P148" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>728</v>
+      </c>
+      <c r="B149"/>
+      <c r="C149" t="s">
+        <v>18</v>
+      </c>
+      <c r="D149" t="s">
+        <v>729</v>
+      </c>
+      <c r="E149" t="s">
+        <v>40</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2010</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>157</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>26</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>730</v>
+      </c>
+      <c r="P149" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>731</v>
+      </c>
+      <c r="B150"/>
+      <c r="C150" t="s">
+        <v>18</v>
+      </c>
+      <c r="D150" t="s">
+        <v>690</v>
+      </c>
+      <c r="E150" t="s">
+        <v>40</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2018</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>157</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>26</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>732</v>
+      </c>
+      <c r="P150" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>733</v>
+      </c>
+      <c r="B151" t="s">
+        <v>734</v>
+      </c>
+      <c r="C151" t="s">
+        <v>18</v>
+      </c>
+      <c r="D151" t="s">
+        <v>735</v>
+      </c>
+      <c r="E151" t="s">
+        <v>40</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2020</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>157</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>26</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>736</v>
+      </c>
+      <c r="P151" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>737</v>
+      </c>
+      <c r="B152" t="s">
+        <v>738</v>
+      </c>
+      <c r="C152" t="s">
+        <v>18</v>
+      </c>
+      <c r="D152" t="s">
+        <v>122</v>
+      </c>
+      <c r="E152" t="s">
+        <v>40</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2002</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>157</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>26</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>739</v>
+      </c>
+      <c r="P152" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>740</v>
+      </c>
+      <c r="B153" t="s">
+        <v>741</v>
+      </c>
+      <c r="C153" t="s">
+        <v>18</v>
+      </c>
+      <c r="D153" t="s">
+        <v>122</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>33</v>
+      </c>
+      <c r="H153">
+        <v>1991</v>
+      </c>
+      <c r="I153">
+        <v>2009</v>
+      </c>
+      <c r="J153" t="s">
+        <v>23</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153" t="s">
+        <v>742</v>
+      </c>
+      <c r="M153" t="s">
+        <v>26</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>743</v>
+      </c>
+      <c r="P153" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>744</v>
+      </c>
+      <c r="B154" t="s">
+        <v>745</v>
+      </c>
+      <c r="C154" t="s">
+        <v>18</v>
+      </c>
+      <c r="D154" t="s">
+        <v>122</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>33</v>
+      </c>
+      <c r="H154">
+        <v>1991</v>
+      </c>
+      <c r="I154">
+        <v>2002</v>
+      </c>
+      <c r="J154" t="s">
+        <v>23</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154" t="s">
+        <v>123</v>
+      </c>
+      <c r="M154" t="s">
+        <v>26</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>746</v>
+      </c>
+      <c r="P154" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>747</v>
+      </c>
+      <c r="B155" t="s">
+        <v>748</v>
+      </c>
+      <c r="C155" t="s">
+        <v>18</v>
+      </c>
+      <c r="D155" t="s">
+        <v>122</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>33</v>
+      </c>
+      <c r="H155">
+        <v>1991</v>
+      </c>
+      <c r="I155">
+        <v>2016</v>
+      </c>
+      <c r="J155" t="s">
+        <v>23</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>749</v>
+      </c>
+      <c r="M155" t="s">
         <v>129</v>
       </c>
-      <c r="D129" t="s">
-[...8 lines deleted...]
-      <c r="G129">
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>750</v>
+      </c>
+      <c r="P155" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>751</v>
+      </c>
+      <c r="B156" t="s">
+        <v>752</v>
+      </c>
+      <c r="C156" t="s">
+        <v>18</v>
+      </c>
+      <c r="D156" t="s">
+        <v>69</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>33</v>
+      </c>
+      <c r="H156">
+        <v>1996</v>
+      </c>
+      <c r="I156">
         <v>2011</v>
       </c>
-      <c r="H129"/>
-[...3 lines deleted...]
-      <c r="J129" t="s">
+      <c r="J156" t="s">
+        <v>23</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>70</v>
+      </c>
+      <c r="M156" t="s">
+        <v>26</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>753</v>
+      </c>
+      <c r="P156" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>754</v>
+      </c>
+      <c r="B157" t="s">
+        <v>69</v>
+      </c>
+      <c r="C157" t="s">
+        <v>18</v>
+      </c>
+      <c r="D157" t="s">
+        <v>49</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
         <v>21</v>
       </c>
-      <c r="K129" t="s">
-[...19 lines deleted...]
-      <c r="C130" t="s">
+      <c r="G157" t="s">
         <v>33</v>
-      </c>
-[...1120 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H157">
         <v>2011</v>
       </c>
-      <c r="I157" t="s">
-        <v>20</v>
+      <c r="I157">
+        <v>2011</v>
       </c>
       <c r="J157" t="s">
+        <v>23</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>70</v>
+      </c>
+      <c r="M157" t="s">
+        <v>26</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>755</v>
+      </c>
+      <c r="P157" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>754</v>
+      </c>
+      <c r="B158" t="s">
+        <v>69</v>
+      </c>
+      <c r="C158" t="s">
+        <v>18</v>
+      </c>
+      <c r="D158" t="s">
+        <v>69</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
         <v>21</v>
       </c>
-      <c r="K157" t="s">
-[...2 lines deleted...]
-      <c r="L157" t="s">
+      <c r="G158" t="s">
+        <v>33</v>
+      </c>
+      <c r="H158">
+        <v>1996</v>
+      </c>
+      <c r="I158">
+        <v>2011</v>
+      </c>
+      <c r="J158" t="s">
         <v>23</v>
       </c>
-      <c r="M157" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="K158" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="L158" t="s">
+        <v>70</v>
+      </c>
+      <c r="M158" t="s">
+        <v>26</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>756</v>
+      </c>
+      <c r="P158" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>757</v>
+      </c>
+      <c r="B159" t="s">
+        <v>758</v>
+      </c>
+      <c r="C159" t="s">
+        <v>18</v>
+      </c>
+      <c r="D159" t="s">
+        <v>81</v>
+      </c>
+      <c r="E159" t="s">
+        <v>40</v>
+      </c>
+      <c r="F159" t="s">
+        <v>759</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2016</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
         <v>23</v>
       </c>
-      <c r="M158" t="s">
-[...25 lines deleted...]
-      <c r="G159">
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159"/>
+      <c r="M159" t="s">
+        <v>26</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>760</v>
+      </c>
+      <c r="P159" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>762</v>
+      </c>
+      <c r="B160" t="s">
+        <v>763</v>
+      </c>
+      <c r="C160" t="s">
+        <v>18</v>
+      </c>
+      <c r="D160" t="s">
+        <v>81</v>
+      </c>
+      <c r="E160" t="s">
+        <v>40</v>
+      </c>
+      <c r="F160" t="s">
+        <v>759</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
         <v>2016</v>
       </c>
-      <c r="H159"/>
-[...7 lines deleted...]
-      <c r="L159" t="s">
+      <c r="I160"/>
+      <c r="J160" t="s">
         <v>23</v>
       </c>
-      <c r="M159" t="s">
-[...36 lines deleted...]
-      <c r="L160" t="s">
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160" t="s">
+        <v>26</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>764</v>
+      </c>
+      <c r="P160" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>766</v>
+      </c>
+      <c r="B161" t="s">
+        <v>767</v>
+      </c>
+      <c r="C161" t="s">
+        <v>18</v>
+      </c>
+      <c r="D161" t="s">
+        <v>721</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>759</v>
+      </c>
+      <c r="G161" t="s">
+        <v>33</v>
+      </c>
+      <c r="H161">
+        <v>2012</v>
+      </c>
+      <c r="I161">
+        <v>2015</v>
+      </c>
+      <c r="J161" t="s">
         <v>23</v>
       </c>
-      <c r="M160" t="s">
-[...28 lines deleted...]
-      <c r="H161">
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161" t="s">
+        <v>26</v>
+      </c>
+      <c r="N161" t="s">
+        <v>146</v>
+      </c>
+      <c r="O161" t="s">
+        <v>768</v>
+      </c>
+      <c r="P161" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>770</v>
+      </c>
+      <c r="B162" t="s">
+        <v>771</v>
+      </c>
+      <c r="C162" t="s">
+        <v>18</v>
+      </c>
+      <c r="D162" t="s">
+        <v>32</v>
+      </c>
+      <c r="E162" t="s">
+        <v>40</v>
+      </c>
+      <c r="F162" t="s">
+        <v>41</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
         <v>2015</v>
       </c>
-      <c r="I161" t="s">
-[...6 lines deleted...]
-      <c r="L161" t="s">
+      <c r="I162"/>
+      <c r="J162" t="s">
         <v>23</v>
       </c>
-      <c r="M161" t="s">
-[...36 lines deleted...]
-      <c r="L162" t="s">
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>26</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>772</v>
+      </c>
+      <c r="P162" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>773</v>
+      </c>
+      <c r="B163" t="s">
+        <v>774</v>
+      </c>
+      <c r="C163" t="s">
+        <v>18</v>
+      </c>
+      <c r="D163" t="s">
+        <v>81</v>
+      </c>
+      <c r="E163" t="s">
+        <v>40</v>
+      </c>
+      <c r="F163" t="s">
+        <v>41</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2018</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
         <v>23</v>
       </c>
-      <c r="M162" t="s">
-[...25 lines deleted...]
-      <c r="G163">
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163" t="s">
+        <v>26</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>775</v>
+      </c>
+      <c r="P163" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>777</v>
+      </c>
+      <c r="B164" t="s">
+        <v>778</v>
+      </c>
+      <c r="C164" t="s">
+        <v>18</v>
+      </c>
+      <c r="D164" t="s">
+        <v>81</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>41</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
         <v>2018</v>
       </c>
-      <c r="H163"/>
-[...7 lines deleted...]
-      <c r="L163" t="s">
+      <c r="I164"/>
+      <c r="J164" t="s">
         <v>23</v>
       </c>
-      <c r="M163" t="s">
-[...25 lines deleted...]
-      <c r="G164">
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164" t="s">
+        <v>26</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>779</v>
+      </c>
+      <c r="P164" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>781</v>
+      </c>
+      <c r="B165" t="s">
+        <v>782</v>
+      </c>
+      <c r="C165" t="s">
+        <v>18</v>
+      </c>
+      <c r="D165" t="s">
+        <v>69</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>759</v>
+      </c>
+      <c r="G165" t="s">
+        <v>33</v>
+      </c>
+      <c r="H165">
+        <v>2010</v>
+      </c>
+      <c r="I165">
         <v>2018</v>
       </c>
-      <c r="H164"/>
-[...7 lines deleted...]
-      <c r="L164" t="s">
+      <c r="J165" t="s">
         <v>23</v>
       </c>
-      <c r="M164" t="s">
-[...40 lines deleted...]
-      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165"/>
       <c r="M165" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N165" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>783</v>
+      </c>
+      <c r="P165" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>514</v>
+        <v>785</v>
       </c>
       <c r="B166" t="s">
-        <v>15</v>
+        <v>786</v>
       </c>
       <c r="C166" t="s">
-        <v>129</v>
+        <v>18</v>
       </c>
       <c r="D166" t="s">
-        <v>17</v>
+        <v>183</v>
       </c>
       <c r="E166" t="s">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="F166" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>759</v>
+      </c>
+      <c r="G166" t="s">
+        <v>33</v>
       </c>
       <c r="H166">
         <v>2011</v>
       </c>
-      <c r="I166" t="s">
-        <v>20</v>
+      <c r="I166">
+        <v>2011</v>
       </c>
       <c r="J166" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K166" t="s">
-        <v>130</v>
+        <v>24</v>
       </c>
       <c r="L166" t="s">
+        <v>184</v>
+      </c>
+      <c r="M166" t="s">
+        <v>26</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>787</v>
+      </c>
+      <c r="P166" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>789</v>
+      </c>
+      <c r="B167" t="s">
+        <v>790</v>
+      </c>
+      <c r="C167" t="s">
+        <v>18</v>
+      </c>
+      <c r="D167" t="s">
+        <v>211</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>759</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2013</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
         <v>23</v>
       </c>
-      <c r="M166" t="s">
-[...38 lines deleted...]
-      </c>
+      <c r="K167" t="s">
+        <v>212</v>
+      </c>
+      <c r="L167"/>
       <c r="M167" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N167" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>791</v>
+      </c>
+      <c r="P167" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>518</v>
+        <v>793</v>
       </c>
       <c r="B168" t="s">
-        <v>15</v>
+        <v>794</v>
       </c>
       <c r="C168" t="s">
-        <v>519</v>
+        <v>18</v>
       </c>
       <c r="D168" t="s">
-        <v>17</v>
+        <v>795</v>
       </c>
       <c r="E168" t="s">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="F168" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G168">
+        <v>759</v>
+      </c>
+      <c r="G168" t="s">
+        <v>33</v>
+      </c>
+      <c r="H168">
         <v>2010</v>
       </c>
-      <c r="H168">
+      <c r="I168">
         <v>2016</v>
       </c>
-      <c r="I168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J168" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>796</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168"/>
       <c r="M168" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N168" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>797</v>
+      </c>
+      <c r="P168" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>522</v>
+        <v>799</v>
       </c>
       <c r="B169" t="s">
-        <v>15</v>
+        <v>800</v>
       </c>
       <c r="C169" t="s">
-        <v>358</v>
+        <v>18</v>
       </c>
       <c r="D169" t="s">
-        <v>17</v>
+        <v>551</v>
       </c>
       <c r="E169" t="s">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="F169" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>759</v>
+      </c>
+      <c r="G169" t="s">
+        <v>33</v>
       </c>
       <c r="H169">
         <v>2010</v>
       </c>
-      <c r="I169" t="s">
-        <v>20</v>
+      <c r="I169">
+        <v>2010</v>
       </c>
       <c r="J169" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K169" t="s">
-        <v>523</v>
+        <v>24</v>
       </c>
       <c r="L169" t="s">
-        <v>23</v>
+        <v>801</v>
       </c>
       <c r="M169" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N169" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>802</v>
+      </c>
+      <c r="P169" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>525</v>
+        <v>804</v>
       </c>
       <c r="B170" t="s">
-        <v>15</v>
+        <v>805</v>
       </c>
       <c r="C170" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="D170" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="E170" t="s">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="F170" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>759</v>
+      </c>
+      <c r="G170" t="s">
+        <v>33</v>
       </c>
       <c r="H170">
         <v>2010</v>
       </c>
-      <c r="I170" t="s">
-        <v>20</v>
+      <c r="I170">
+        <v>2010</v>
       </c>
       <c r="J170" t="s">
+        <v>23</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" t="s">
+        <v>749</v>
+      </c>
+      <c r="M170" t="s">
+        <v>26</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>806</v>
+      </c>
+      <c r="P170" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>808</v>
+      </c>
+      <c r="B171" t="s">
+        <v>809</v>
+      </c>
+      <c r="C171" t="s">
+        <v>18</v>
+      </c>
+      <c r="D171" t="s">
+        <v>19</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
         <v>21</v>
       </c>
-      <c r="K170" t="s">
-[...2 lines deleted...]
-      <c r="L170" t="s">
+      <c r="G171" t="s">
+        <v>33</v>
+      </c>
+      <c r="H171">
+        <v>2010</v>
+      </c>
+      <c r="I171">
+        <v>2017</v>
+      </c>
+      <c r="J171" t="s">
         <v>23</v>
       </c>
-      <c r="M170" t="s">
-[...25 lines deleted...]
-      <c r="G171">
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>810</v>
+      </c>
+      <c r="M171" t="s">
+        <v>26</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>811</v>
+      </c>
+      <c r="P171" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>813</v>
+      </c>
+      <c r="B172" t="s">
+        <v>814</v>
+      </c>
+      <c r="C172" t="s">
+        <v>38</v>
+      </c>
+      <c r="D172" t="s">
+        <v>63</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>41</v>
+      </c>
+      <c r="G172" t="s">
+        <v>33</v>
+      </c>
+      <c r="H172">
+        <v>2011</v>
+      </c>
+      <c r="I172">
+        <v>2019</v>
+      </c>
+      <c r="J172" t="s">
+        <v>157</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" t="s">
+        <v>815</v>
+      </c>
+      <c r="M172" t="s">
+        <v>45</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>816</v>
+      </c>
+      <c r="P172" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>818</v>
+      </c>
+      <c r="B173" t="s">
+        <v>819</v>
+      </c>
+      <c r="C173" t="s">
+        <v>38</v>
+      </c>
+      <c r="D173" t="s">
+        <v>820</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>41</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2015</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>157</v>
+      </c>
+      <c r="K173" t="s">
+        <v>441</v>
+      </c>
+      <c r="L173" t="s">
+        <v>821</v>
+      </c>
+      <c r="M173" t="s">
+        <v>45</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>822</v>
+      </c>
+      <c r="P173" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>824</v>
+      </c>
+      <c r="B174" t="s">
+        <v>825</v>
+      </c>
+      <c r="C174" t="s">
+        <v>38</v>
+      </c>
+      <c r="D174" t="s">
+        <v>274</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>57</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2011</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>157</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>826</v>
+      </c>
+      <c r="M174" t="s">
+        <v>45</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>827</v>
+      </c>
+      <c r="P174" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>829</v>
+      </c>
+      <c r="B175" t="s">
+        <v>830</v>
+      </c>
+      <c r="C175" t="s">
+        <v>38</v>
+      </c>
+      <c r="D175" t="s">
+        <v>247</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>41</v>
+      </c>
+      <c r="G175" t="s">
+        <v>33</v>
+      </c>
+      <c r="H175">
+        <v>2013</v>
+      </c>
+      <c r="I175">
+        <v>2016</v>
+      </c>
+      <c r="J175" t="s">
+        <v>157</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>831</v>
+      </c>
+      <c r="M175" t="s">
+        <v>45</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>832</v>
+      </c>
+      <c r="P175" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>834</v>
+      </c>
+      <c r="B176" t="s">
+        <v>835</v>
+      </c>
+      <c r="C176" t="s">
+        <v>38</v>
+      </c>
+      <c r="D176" t="s">
+        <v>223</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>57</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2014</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>157</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>836</v>
+      </c>
+      <c r="M176" t="s">
+        <v>45</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>837</v>
+      </c>
+      <c r="P176" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>839</v>
+      </c>
+      <c r="B177" t="s">
+        <v>840</v>
+      </c>
+      <c r="C177" t="s">
+        <v>38</v>
+      </c>
+      <c r="D177" t="s">
+        <v>841</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>41</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
+        <v>2013</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>157</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>842</v>
+      </c>
+      <c r="M177" t="s">
+        <v>45</v>
+      </c>
+      <c r="N177" t="s">
+        <v>843</v>
+      </c>
+      <c r="O177" t="s">
+        <v>844</v>
+      </c>
+      <c r="P177" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>846</v>
+      </c>
+      <c r="B178" t="s">
+        <v>847</v>
+      </c>
+      <c r="C178" t="s">
+        <v>38</v>
+      </c>
+      <c r="D178" t="s">
+        <v>848</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>41</v>
+      </c>
+      <c r="G178" t="s">
+        <v>33</v>
+      </c>
+      <c r="H178">
+        <v>2014</v>
+      </c>
+      <c r="I178">
+        <v>2016</v>
+      </c>
+      <c r="J178" t="s">
+        <v>157</v>
+      </c>
+      <c r="K178" t="s">
+        <v>441</v>
+      </c>
+      <c r="L178" t="s">
+        <v>849</v>
+      </c>
+      <c r="M178" t="s">
+        <v>45</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>850</v>
+      </c>
+      <c r="P178" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>852</v>
+      </c>
+      <c r="B179" t="s">
+        <v>853</v>
+      </c>
+      <c r="C179" t="s">
+        <v>38</v>
+      </c>
+      <c r="D179" t="s">
+        <v>39</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>41</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2018</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>157</v>
+      </c>
+      <c r="K179" t="s">
+        <v>24</v>
+      </c>
+      <c r="L179" t="s">
+        <v>854</v>
+      </c>
+      <c r="M179" t="s">
+        <v>45</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>855</v>
+      </c>
+      <c r="P179" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>857</v>
+      </c>
+      <c r="B180" t="s">
+        <v>858</v>
+      </c>
+      <c r="C180" t="s">
+        <v>38</v>
+      </c>
+      <c r="D180" t="s">
+        <v>264</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>41</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>2019</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>157</v>
+      </c>
+      <c r="K180" t="s">
+        <v>24</v>
+      </c>
+      <c r="L180" t="s">
+        <v>859</v>
+      </c>
+      <c r="M180" t="s">
+        <v>45</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>860</v>
+      </c>
+      <c r="P180" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>862</v>
+      </c>
+      <c r="B181" t="s">
+        <v>863</v>
+      </c>
+      <c r="C181" t="s">
+        <v>38</v>
+      </c>
+      <c r="D181" t="s">
+        <v>32</v>
+      </c>
+      <c r="E181" t="s">
+        <v>20</v>
+      </c>
+      <c r="F181" t="s">
+        <v>41</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
+        <v>2019</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>157</v>
+      </c>
+      <c r="K181" t="s">
+        <v>583</v>
+      </c>
+      <c r="L181" t="s">
+        <v>864</v>
+      </c>
+      <c r="M181" t="s">
+        <v>45</v>
+      </c>
+      <c r="N181" t="s">
+        <v>865</v>
+      </c>
+      <c r="O181" t="s">
+        <v>866</v>
+      </c>
+      <c r="P181" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>868</v>
+      </c>
+      <c r="B182" t="s">
+        <v>869</v>
+      </c>
+      <c r="C182" t="s">
+        <v>38</v>
+      </c>
+      <c r="D182" t="s">
+        <v>122</v>
+      </c>
+      <c r="E182" t="s">
+        <v>20</v>
+      </c>
+      <c r="F182" t="s">
+        <v>41</v>
+      </c>
+      <c r="G182" t="s">
+        <v>33</v>
+      </c>
+      <c r="H182">
+        <v>2020</v>
+      </c>
+      <c r="I182">
+        <v>2023</v>
+      </c>
+      <c r="J182" t="s">
+        <v>50</v>
+      </c>
+      <c r="K182" t="s">
+        <v>24</v>
+      </c>
+      <c r="L182" t="s">
+        <v>870</v>
+      </c>
+      <c r="M182" t="s">
+        <v>45</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>871</v>
+      </c>
+      <c r="P182" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>873</v>
+      </c>
+      <c r="B183" t="s">
+        <v>874</v>
+      </c>
+      <c r="C183" t="s">
+        <v>38</v>
+      </c>
+      <c r="D183" t="s">
+        <v>49</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>41</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>2020</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>157</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>875</v>
+      </c>
+      <c r="M183" t="s">
+        <v>45</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>876</v>
+      </c>
+      <c r="P183" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>878</v>
+      </c>
+      <c r="B184" t="s">
+        <v>879</v>
+      </c>
+      <c r="C184" t="s">
+        <v>38</v>
+      </c>
+      <c r="D184" t="s">
+        <v>75</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>41</v>
+      </c>
+      <c r="G184" t="s">
+        <v>22</v>
+      </c>
+      <c r="H184">
+        <v>2021</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>157</v>
+      </c>
+      <c r="K184" t="s">
+        <v>24</v>
+      </c>
+      <c r="L184" t="s">
+        <v>880</v>
+      </c>
+      <c r="M184" t="s">
+        <v>45</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>881</v>
+      </c>
+      <c r="P184" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>882</v>
+      </c>
+      <c r="B185" t="s">
+        <v>883</v>
+      </c>
+      <c r="C185" t="s">
+        <v>38</v>
+      </c>
+      <c r="D185" t="s">
+        <v>884</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>41</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2021</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>157</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" t="s">
+        <v>885</v>
+      </c>
+      <c r="M185" t="s">
+        <v>45</v>
+      </c>
+      <c r="N185" t="s">
+        <v>146</v>
+      </c>
+      <c r="O185" t="s">
+        <v>886</v>
+      </c>
+      <c r="P185" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>888</v>
+      </c>
+      <c r="B186" t="s">
+        <v>889</v>
+      </c>
+      <c r="C186" t="s">
+        <v>38</v>
+      </c>
+      <c r="D186" t="s">
+        <v>884</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>41</v>
+      </c>
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2021</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>157</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>890</v>
+      </c>
+      <c r="M186" t="s">
+        <v>45</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>891</v>
+      </c>
+      <c r="P186" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>893</v>
+      </c>
+      <c r="B187" t="s">
+        <v>894</v>
+      </c>
+      <c r="C187" t="s">
+        <v>38</v>
+      </c>
+      <c r="D187" t="s">
+        <v>438</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
+        <v>41</v>
+      </c>
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2024</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>50</v>
+      </c>
+      <c r="K187" t="s">
+        <v>895</v>
+      </c>
+      <c r="L187" t="s">
+        <v>896</v>
+      </c>
+      <c r="M187" t="s">
+        <v>45</v>
+      </c>
+      <c r="N187" t="s">
+        <v>146</v>
+      </c>
+      <c r="O187" t="s">
+        <v>897</v>
+      </c>
+      <c r="P187" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>899</v>
+      </c>
+      <c r="B188" t="s">
+        <v>900</v>
+      </c>
+      <c r="C188" t="s">
+        <v>38</v>
+      </c>
+      <c r="D188" t="s">
+        <v>901</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>41</v>
+      </c>
+      <c r="G188" t="s">
+        <v>22</v>
+      </c>
+      <c r="H188">
+        <v>2024</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>50</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188" t="s">
+        <v>902</v>
+      </c>
+      <c r="M188" t="s">
+        <v>903</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>904</v>
+      </c>
+      <c r="P188" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>906</v>
+      </c>
+      <c r="B189" t="s">
+        <v>907</v>
+      </c>
+      <c r="C189" t="s">
+        <v>38</v>
+      </c>
+      <c r="D189" t="s">
+        <v>908</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>41</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2024</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>50</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189" t="s">
+        <v>909</v>
+      </c>
+      <c r="M189" t="s">
+        <v>45</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>910</v>
+      </c>
+      <c r="P189" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>912</v>
+      </c>
+      <c r="B190" t="s">
+        <v>913</v>
+      </c>
+      <c r="C190" t="s">
+        <v>38</v>
+      </c>
+      <c r="D190" t="s">
+        <v>721</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>41</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
         <v>2010</v>
       </c>
-      <c r="H171">
+      <c r="I190"/>
+      <c r="J190" t="s">
+        <v>157</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190" t="s">
+        <v>914</v>
+      </c>
+      <c r="M190" t="s">
+        <v>45</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>915</v>
+      </c>
+      <c r="P190" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>917</v>
+      </c>
+      <c r="B191" t="s">
+        <v>918</v>
+      </c>
+      <c r="C191" t="s">
+        <v>38</v>
+      </c>
+      <c r="D191" t="s">
+        <v>820</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>41</v>
+      </c>
+      <c r="G191" t="s">
+        <v>33</v>
+      </c>
+      <c r="H191">
+        <v>2008</v>
+      </c>
+      <c r="I191">
+        <v>2019</v>
+      </c>
+      <c r="J191" t="s">
+        <v>157</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191" t="s">
+        <v>919</v>
+      </c>
+      <c r="M191" t="s">
+        <v>45</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>920</v>
+      </c>
+      <c r="P191" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>922</v>
+      </c>
+      <c r="B192" t="s">
+        <v>923</v>
+      </c>
+      <c r="C192" t="s">
+        <v>38</v>
+      </c>
+      <c r="D192" t="s">
+        <v>258</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>41</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>2014</v>
+      </c>
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>157</v>
+      </c>
+      <c r="K192" t="s">
+        <v>332</v>
+      </c>
+      <c r="L192" t="s">
+        <v>924</v>
+      </c>
+      <c r="M192" t="s">
+        <v>45</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>925</v>
+      </c>
+      <c r="P192" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>927</v>
+      </c>
+      <c r="B193" t="s">
+        <v>928</v>
+      </c>
+      <c r="C193" t="s">
+        <v>38</v>
+      </c>
+      <c r="D193" t="s">
+        <v>929</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>41</v>
+      </c>
+      <c r="G193" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193">
+        <v>2021</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>157</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193" t="s">
+        <v>930</v>
+      </c>
+      <c r="M193" t="s">
+        <v>45</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>931</v>
+      </c>
+      <c r="P193" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>933</v>
+      </c>
+      <c r="B194" t="s">
+        <v>934</v>
+      </c>
+      <c r="C194" t="s">
+        <v>18</v>
+      </c>
+      <c r="D194" t="s">
+        <v>19</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
+      </c>
+      <c r="H194">
+        <v>2010</v>
+      </c>
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>23</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194" t="s">
+        <v>935</v>
+      </c>
+      <c r="M194" t="s">
+        <v>26</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>936</v>
+      </c>
+      <c r="P194" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>937</v>
+      </c>
+      <c r="B195" t="s">
+        <v>938</v>
+      </c>
+      <c r="C195" t="s">
+        <v>939</v>
+      </c>
+      <c r="D195" t="s">
+        <v>940</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>41</v>
+      </c>
+      <c r="G195" t="s">
+        <v>42</v>
+      </c>
+      <c r="H195">
+        <v>2025</v>
+      </c>
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>941</v>
+      </c>
+      <c r="K195" t="s">
+        <v>24</v>
+      </c>
+      <c r="L195" t="s">
+        <v>942</v>
+      </c>
+      <c r="M195" t="s">
+        <v>943</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>944</v>
+      </c>
+      <c r="P195" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>946</v>
+      </c>
+      <c r="B196" t="s">
+        <v>947</v>
+      </c>
+      <c r="C196" t="s">
+        <v>38</v>
+      </c>
+      <c r="D196" t="s">
+        <v>948</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>57</v>
+      </c>
+      <c r="G196" t="s">
+        <v>33</v>
+      </c>
+      <c r="H196">
+        <v>2011</v>
+      </c>
+      <c r="I196">
         <v>2017</v>
       </c>
-      <c r="I171" t="s">
-[...1063 lines deleted...]
-      </c>
       <c r="J196" t="s">
-        <v>422</v>
-[...4 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="K196" t="s">
+        <v>661</v>
+      </c>
+      <c r="L196"/>
       <c r="M196" t="s">
-        <v>424</v>
+        <v>949</v>
       </c>
       <c r="N196" t="s">
-        <v>620</v>
+        <v>663</v>
+      </c>
+      <c r="O196" t="s">
+        <v>950</v>
+      </c>
+      <c r="P196" t="s">
+        <v>951</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>