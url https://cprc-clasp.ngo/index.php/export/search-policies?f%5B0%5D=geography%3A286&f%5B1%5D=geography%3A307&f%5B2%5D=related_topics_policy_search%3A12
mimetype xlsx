--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,250 +12,299 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -519,405 +568,450 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="120" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="152" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="120.256" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="704.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2021</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2024</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2005</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7">
         <v>2021</v>
       </c>
-      <c r="H2"/>
-[...12 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...198 lines deleted...]
-        <v>52</v>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>