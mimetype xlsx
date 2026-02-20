--- v0 (2025-12-12)
+++ v1 (2026-02-20)
@@ -2849,51 +2849,51 @@
       </c>
       <c r="P23" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>167</v>
       </c>
       <c r="B24" t="s">
         <v>168</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>104</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>49</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24">
         <v>2024</v>
       </c>
       <c r="J24" t="s">
         <v>169</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>170</v>
       </c>
       <c r="M24" t="s">
         <v>25</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
         <v>171</v>
       </c>