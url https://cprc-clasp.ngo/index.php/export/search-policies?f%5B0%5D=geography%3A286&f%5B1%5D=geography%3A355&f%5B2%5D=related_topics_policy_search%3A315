--- v1 (2025-12-05)
+++ v2 (2025-12-06)
@@ -103,51 +103,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -474,51 +474,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="124.97" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="45.846" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">