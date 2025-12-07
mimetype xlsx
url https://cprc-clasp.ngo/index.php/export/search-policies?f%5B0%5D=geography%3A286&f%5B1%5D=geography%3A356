--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -12,1602 +12,2198 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="487">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="677">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Exhaust Fans</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan-heater</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1871,6359 +2467,7248 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N148"/>
+  <dimension ref="A1:P148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="159" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>40</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2009</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>48</v>
+      </c>
+      <c r="P7" t="s">
         <v>28</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2010</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>52</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...22 lines deleted...]
-      <c r="G5">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>56</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>60</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>63</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-      <c r="L5" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...22 lines deleted...]
-      <c r="G6">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>67</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2009</v>
       </c>
-      <c r="H6"/>
-      <c r="I6" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>70</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-      <c r="L6" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...22 lines deleted...]
-      <c r="G7">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>73</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2010</v>
       </c>
-      <c r="H7"/>
-      <c r="I7" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>76</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-      <c r="L7" t="s">
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...26 lines deleted...]
-      <c r="I8" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>80</v>
+      </c>
+      <c r="P16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-      <c r="L8" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="N8" t="s">
-[...355 lines deleted...]
-      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N17" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>84</v>
+      </c>
+      <c r="P17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="B18" t="s">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="C18" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="D18" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="E18" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="F18" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>90</v>
+      </c>
+      <c r="G18" t="s">
+        <v>91</v>
+      </c>
+      <c r="H18">
         <v>2023</v>
       </c>
-      <c r="H18"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>92</v>
       </c>
       <c r="K18" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>73</v>
+        <v>93</v>
       </c>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
       <c r="N18" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>95</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="B19" t="s">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="C19" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="D19" t="s">
-        <v>69</v>
+        <v>98</v>
       </c>
       <c r="E19" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="F19" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>90</v>
+      </c>
+      <c r="G19" t="s">
+        <v>99</v>
       </c>
       <c r="H19">
         <v>2023</v>
       </c>
-      <c r="I19" t="s">
-        <v>78</v>
+      <c r="I19">
+        <v>2023</v>
       </c>
       <c r="J19" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="K19" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="M19" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
       <c r="N19" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>102</v>
+      </c>
+      <c r="P19" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>104</v>
       </c>
       <c r="B20" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
+        <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>69</v>
+        <v>106</v>
       </c>
       <c r="E20" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F20" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>107</v>
+      </c>
+      <c r="G20" t="s">
+        <v>99</v>
+      </c>
+      <c r="H20">
         <v>1993</v>
       </c>
-      <c r="H20">
+      <c r="I20">
         <v>2009</v>
       </c>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K20" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="M20" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N20" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>110</v>
+      </c>
+      <c r="P20" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="B21" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="C21" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>69</v>
+        <v>114</v>
       </c>
       <c r="E21" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F21" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>107</v>
+      </c>
+      <c r="G21" t="s">
+        <v>99</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I21" t="s">
-        <v>20</v>
+      <c r="I21">
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>115</v>
+      </c>
+      <c r="P21" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>117</v>
+      </c>
+      <c r="B22" t="s">
+        <v>118</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>119</v>
+      </c>
+      <c r="E22" t="s">
+        <v>89</v>
+      </c>
+      <c r="F22" t="s">
+        <v>107</v>
+      </c>
+      <c r="G22" t="s">
         <v>22</v>
       </c>
-      <c r="M21" t="s">
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>120</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>121</v>
+      </c>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>122</v>
+      </c>
+      <c r="P22" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>123</v>
+      </c>
+      <c r="B23" t="s">
+        <v>124</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>125</v>
+      </c>
+      <c r="E23" t="s">
+        <v>89</v>
+      </c>
+      <c r="F23" t="s">
+        <v>107</v>
+      </c>
+      <c r="G23" t="s">
+        <v>99</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2009</v>
+      </c>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="N21" t="s">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>126</v>
+      </c>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>127</v>
+      </c>
+      <c r="P23" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>128</v>
+      </c>
+      <c r="B24" t="s">
+        <v>129</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>130</v>
+      </c>
+      <c r="E24" t="s">
         <v>89</v>
       </c>
-    </row>
-[...87 lines deleted...]
-      <c r="A24" t="s">
+      <c r="F24" t="s">
+        <v>107</v>
+      </c>
+      <c r="G24" t="s">
         <v>99</v>
-      </c>
-[...16 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
-      <c r="I24" t="s">
-        <v>101</v>
+      <c r="I24">
+        <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>132</v>
+      </c>
+      <c r="P24" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>133</v>
+      </c>
+      <c r="B25" t="s">
+        <v>134</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>135</v>
+      </c>
+      <c r="E25" t="s">
+        <v>89</v>
+      </c>
+      <c r="F25" t="s">
+        <v>107</v>
+      </c>
+      <c r="G25" t="s">
+        <v>99</v>
+      </c>
+      <c r="H25">
+        <v>2000</v>
+      </c>
+      <c r="I25">
+        <v>2009</v>
+      </c>
+      <c r="J25" t="s">
         <v>23</v>
       </c>
-      <c r="N24" t="s">
-[...16 lines deleted...]
-      <c r="E25" t="s">
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>126</v>
+      </c>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>136</v>
+      </c>
+      <c r="P25" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>137</v>
+      </c>
+      <c r="B26" t="s">
+        <v>138</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>139</v>
+      </c>
+      <c r="E26" t="s">
+        <v>89</v>
+      </c>
+      <c r="F26" t="s">
+        <v>107</v>
+      </c>
+      <c r="G26" t="s">
+        <v>99</v>
+      </c>
+      <c r="H26">
+        <v>1992</v>
+      </c>
+      <c r="I26">
+        <v>2016</v>
+      </c>
+      <c r="J26" t="s">
+        <v>108</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>140</v>
+      </c>
+      <c r="P26" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>141</v>
+      </c>
+      <c r="B27" t="s">
+        <v>142</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
         <v>83</v>
       </c>
-      <c r="F25" t="s">
-[...34 lines deleted...]
-      <c r="C26" t="s">
+      <c r="E27" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" t="s">
         <v>107</v>
       </c>
-      <c r="D26" t="s">
-[...51 lines deleted...]
-        <v>2012</v>
+      <c r="G27" t="s">
+        <v>99</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
-      <c r="I27" t="s">
-        <v>20</v>
+      <c r="I27">
+        <v>2012</v>
       </c>
       <c r="J27" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>143</v>
+      </c>
+      <c r="P27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>144</v>
+      </c>
+      <c r="B28" t="s">
+        <v>145</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>146</v>
+      </c>
+      <c r="E28" t="s">
+        <v>89</v>
+      </c>
+      <c r="F28" t="s">
+        <v>107</v>
+      </c>
+      <c r="G28" t="s">
+        <v>99</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>147</v>
+      </c>
+      <c r="L28" t="s">
+        <v>148</v>
+      </c>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>149</v>
+      </c>
+      <c r="P28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>150</v>
+      </c>
+      <c r="B29" t="s">
+        <v>151</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>152</v>
+      </c>
+      <c r="E29" t="s">
+        <v>89</v>
+      </c>
+      <c r="F29" t="s">
+        <v>107</v>
+      </c>
+      <c r="G29" t="s">
         <v>22</v>
       </c>
-      <c r="M27" t="s">
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
         <v>23</v>
       </c>
-      <c r="N27" t="s">
-[...4 lines deleted...]
-      <c r="A28" t="s">
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>153</v>
+      </c>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>154</v>
+      </c>
+      <c r="P29" t="s">
         <v>111</v>
       </c>
-      <c r="B28" t="s">
-[...81 lines deleted...]
-    <row r="30" spans="1:14">
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>120</v>
+        <v>155</v>
       </c>
       <c r="B30" t="s">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="C30" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>69</v>
+        <v>157</v>
       </c>
       <c r="E30" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F30" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>107</v>
+      </c>
+      <c r="G30" t="s">
+        <v>99</v>
       </c>
       <c r="H30">
         <v>2010</v>
       </c>
-      <c r="I30" t="s">
-        <v>84</v>
+      <c r="I30">
+        <v>2010</v>
       </c>
       <c r="J30" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K30" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="L30" t="s">
+        <v>158</v>
+      </c>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>159</v>
+      </c>
+      <c r="P30" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>160</v>
+      </c>
+      <c r="B31" t="s">
+        <v>161</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>162</v>
+      </c>
+      <c r="E31" t="s">
+        <v>89</v>
+      </c>
+      <c r="F31" t="s">
+        <v>107</v>
+      </c>
+      <c r="G31" t="s">
+        <v>99</v>
+      </c>
+      <c r="H31">
+        <v>2002</v>
+      </c>
+      <c r="I31">
+        <v>2010</v>
+      </c>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>163</v>
+      </c>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>164</v>
+      </c>
+      <c r="P31" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>165</v>
+      </c>
+      <c r="B32" t="s">
+        <v>166</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>167</v>
+      </c>
+      <c r="E32" t="s">
+        <v>89</v>
+      </c>
+      <c r="F32" t="s">
+        <v>107</v>
+      </c>
+      <c r="G32" t="s">
         <v>22</v>
       </c>
-      <c r="M30" t="s">
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>108</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>168</v>
+      </c>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>169</v>
+      </c>
+      <c r="P32" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>170</v>
+      </c>
+      <c r="B33" t="s">
+        <v>171</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>172</v>
+      </c>
+      <c r="E33" t="s">
+        <v>89</v>
+      </c>
+      <c r="F33" t="s">
+        <v>107</v>
+      </c>
+      <c r="G33" t="s">
+        <v>99</v>
+      </c>
+      <c r="H33">
+        <v>1994</v>
+      </c>
+      <c r="I33">
+        <v>2003</v>
+      </c>
+      <c r="J33" t="s">
+        <v>108</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>173</v>
+      </c>
+      <c r="P33" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>174</v>
+      </c>
+      <c r="B34" t="s">
+        <v>175</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>98</v>
+      </c>
+      <c r="E34" t="s">
+        <v>89</v>
+      </c>
+      <c r="F34" t="s">
+        <v>107</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>108</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>176</v>
+      </c>
+      <c r="P34" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>177</v>
+      </c>
+      <c r="B35" t="s">
+        <v>178</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>179</v>
+      </c>
+      <c r="E35" t="s">
+        <v>89</v>
+      </c>
+      <c r="F35" t="s">
+        <v>107</v>
+      </c>
+      <c r="G35" t="s">
+        <v>99</v>
+      </c>
+      <c r="H35">
+        <v>2000</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
         <v>23</v>
       </c>
-      <c r="N30" t="s">
-[...37 lines deleted...]
-      <c r="L31" t="s">
+      <c r="K35" t="s">
+        <v>147</v>
+      </c>
+      <c r="L35" t="s">
+        <v>180</v>
+      </c>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>181</v>
+      </c>
+      <c r="P35" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>182</v>
+      </c>
+      <c r="B36" t="s">
+        <v>183</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>184</v>
+      </c>
+      <c r="E36" t="s">
+        <v>89</v>
+      </c>
+      <c r="F36" t="s">
+        <v>107</v>
+      </c>
+      <c r="G36" t="s">
+        <v>99</v>
+      </c>
+      <c r="H36">
+        <v>1996</v>
+      </c>
+      <c r="I36">
+        <v>2009</v>
+      </c>
+      <c r="J36" t="s">
+        <v>108</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>185</v>
+      </c>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>186</v>
+      </c>
+      <c r="P36" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>182</v>
+      </c>
+      <c r="B37" t="s">
+        <v>183</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>187</v>
+      </c>
+      <c r="E37" t="s">
+        <v>89</v>
+      </c>
+      <c r="F37" t="s">
+        <v>107</v>
+      </c>
+      <c r="G37" t="s">
+        <v>99</v>
+      </c>
+      <c r="H37">
+        <v>1997</v>
+      </c>
+      <c r="I37">
+        <v>2009</v>
+      </c>
+      <c r="J37" t="s">
+        <v>108</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>188</v>
+      </c>
+      <c r="M37" t="s">
+        <v>25</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>189</v>
+      </c>
+      <c r="P37" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>190</v>
+      </c>
+      <c r="B38" t="s">
+        <v>191</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>192</v>
+      </c>
+      <c r="E38" t="s">
+        <v>89</v>
+      </c>
+      <c r="F38" t="s">
+        <v>107</v>
+      </c>
+      <c r="G38" t="s">
         <v>22</v>
       </c>
-      <c r="M31" t="s">
-[...25 lines deleted...]
-      <c r="G32">
+      <c r="H38">
         <v>2009</v>
       </c>
-      <c r="H32"/>
-[...167 lines deleted...]
-      <c r="H36">
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>108</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>193</v>
+      </c>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>194</v>
+      </c>
+      <c r="P38" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>195</v>
+      </c>
+      <c r="B39" t="s">
+        <v>196</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>157</v>
+      </c>
+      <c r="E39" t="s">
+        <v>89</v>
+      </c>
+      <c r="F39" t="s">
+        <v>107</v>
+      </c>
+      <c r="G39" t="s">
+        <v>99</v>
+      </c>
+      <c r="H39">
+        <v>1992</v>
+      </c>
+      <c r="I39">
         <v>2009</v>
       </c>
-      <c r="I36" t="s">
-[...131 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K39" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>22</v>
+        <v>158</v>
       </c>
       <c r="M39" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N39" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>197</v>
+      </c>
+      <c r="P39" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>154</v>
+        <v>199</v>
       </c>
       <c r="B40" t="s">
-        <v>15</v>
+        <v>200</v>
       </c>
       <c r="C40" t="s">
-        <v>155</v>
+        <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>69</v>
+        <v>201</v>
       </c>
       <c r="E40" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F40" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>107</v>
+      </c>
+      <c r="G40" t="s">
+        <v>99</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
-      <c r="I40" t="s">
+      <c r="I40">
+        <v>2010</v>
+      </c>
+      <c r="J40" t="s">
+        <v>23</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>202</v>
+      </c>
+      <c r="P40" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>203</v>
+      </c>
+      <c r="B41" t="s">
+        <v>204</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>205</v>
+      </c>
+      <c r="E41" t="s">
+        <v>89</v>
+      </c>
+      <c r="F41" t="s">
+        <v>107</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>206</v>
+      </c>
+      <c r="M41" t="s">
+        <v>25</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>207</v>
+      </c>
+      <c r="P41" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>208</v>
+      </c>
+      <c r="B42" t="s">
+        <v>209</v>
+      </c>
+      <c r="C42" t="s">
+        <v>87</v>
+      </c>
+      <c r="D42" t="s">
+        <v>210</v>
+      </c>
+      <c r="E42" t="s">
+        <v>89</v>
+      </c>
+      <c r="F42" t="s">
+        <v>90</v>
+      </c>
+      <c r="G42" t="s">
+        <v>99</v>
+      </c>
+      <c r="H42">
+        <v>2009</v>
+      </c>
+      <c r="I42">
+        <v>2024</v>
+      </c>
+      <c r="J42" t="s">
+        <v>100</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>211</v>
+      </c>
+      <c r="M42" t="s">
+        <v>94</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>212</v>
+      </c>
+      <c r="P42" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>214</v>
+      </c>
+      <c r="B43" t="s">
+        <v>215</v>
+      </c>
+      <c r="C43" t="s">
+        <v>87</v>
+      </c>
+      <c r="D43" t="s">
+        <v>83</v>
+      </c>
+      <c r="E43" t="s">
+        <v>89</v>
+      </c>
+      <c r="F43" t="s">
+        <v>90</v>
+      </c>
+      <c r="G43" t="s">
+        <v>99</v>
+      </c>
+      <c r="H43">
+        <v>2009</v>
+      </c>
+      <c r="I43">
+        <v>2024</v>
+      </c>
+      <c r="J43" t="s">
+        <v>100</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>216</v>
+      </c>
+      <c r="M43" t="s">
+        <v>94</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>217</v>
+      </c>
+      <c r="P43" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>219</v>
+      </c>
+      <c r="B44" t="s">
+        <v>220</v>
+      </c>
+      <c r="C44" t="s">
+        <v>87</v>
+      </c>
+      <c r="D44" t="s">
+        <v>157</v>
+      </c>
+      <c r="E44" t="s">
+        <v>89</v>
+      </c>
+      <c r="F44" t="s">
+        <v>90</v>
+      </c>
+      <c r="G44" t="s">
+        <v>99</v>
+      </c>
+      <c r="H44">
+        <v>2007</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>221</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>222</v>
+      </c>
+      <c r="M44" t="s">
+        <v>94</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>223</v>
+      </c>
+      <c r="P44" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>225</v>
+      </c>
+      <c r="B45" t="s">
+        <v>226</v>
+      </c>
+      <c r="C45" t="s">
+        <v>87</v>
+      </c>
+      <c r="D45" t="s">
+        <v>227</v>
+      </c>
+      <c r="E45" t="s">
+        <v>89</v>
+      </c>
+      <c r="F45" t="s">
+        <v>90</v>
+      </c>
+      <c r="G45" t="s">
+        <v>99</v>
+      </c>
+      <c r="H45">
+        <v>2009</v>
+      </c>
+      <c r="I45">
+        <v>2023</v>
+      </c>
+      <c r="J45" t="s">
+        <v>100</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>228</v>
+      </c>
+      <c r="M45" t="s">
+        <v>94</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>229</v>
+      </c>
+      <c r="P45" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>231</v>
+      </c>
+      <c r="B46" t="s">
+        <v>232</v>
+      </c>
+      <c r="C46" t="s">
+        <v>87</v>
+      </c>
+      <c r="D46" t="s">
+        <v>233</v>
+      </c>
+      <c r="E46" t="s">
+        <v>89</v>
+      </c>
+      <c r="F46" t="s">
+        <v>234</v>
+      </c>
+      <c r="G46" t="s">
+        <v>91</v>
+      </c>
+      <c r="H46">
+        <v>2025</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>235</v>
+      </c>
+      <c r="K46" t="s">
+        <v>236</v>
+      </c>
+      <c r="L46" t="s">
+        <v>237</v>
+      </c>
+      <c r="M46" t="s">
+        <v>94</v>
+      </c>
+      <c r="N46" t="s">
+        <v>238</v>
+      </c>
+      <c r="O46" t="s">
+        <v>239</v>
+      </c>
+      <c r="P46" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>241</v>
+      </c>
+      <c r="B47" t="s">
+        <v>242</v>
+      </c>
+      <c r="C47" t="s">
+        <v>87</v>
+      </c>
+      <c r="D47" t="s">
+        <v>157</v>
+      </c>
+      <c r="E47" t="s">
+        <v>89</v>
+      </c>
+      <c r="F47" t="s">
+        <v>90</v>
+      </c>
+      <c r="G47" t="s">
+        <v>99</v>
+      </c>
+      <c r="H47">
+        <v>2006</v>
+      </c>
+      <c r="I47">
+        <v>2024</v>
+      </c>
+      <c r="J47" t="s">
+        <v>100</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>243</v>
+      </c>
+      <c r="M47" t="s">
+        <v>94</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>244</v>
+      </c>
+      <c r="P47" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>246</v>
+      </c>
+      <c r="B48" t="s">
+        <v>247</v>
+      </c>
+      <c r="C48" t="s">
+        <v>87</v>
+      </c>
+      <c r="D48" t="s">
+        <v>248</v>
+      </c>
+      <c r="E48" t="s">
+        <v>89</v>
+      </c>
+      <c r="F48" t="s">
+        <v>90</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2023</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>249</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>250</v>
+      </c>
+      <c r="M48" t="s">
+        <v>94</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>251</v>
+      </c>
+      <c r="P48" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>253</v>
+      </c>
+      <c r="B49" t="s">
+        <v>254</v>
+      </c>
+      <c r="C49" t="s">
+        <v>87</v>
+      </c>
+      <c r="D49" t="s">
+        <v>106</v>
+      </c>
+      <c r="E49" t="s">
+        <v>89</v>
+      </c>
+      <c r="F49" t="s">
+        <v>90</v>
+      </c>
+      <c r="G49" t="s">
+        <v>99</v>
+      </c>
+      <c r="H49">
+        <v>2011</v>
+      </c>
+      <c r="I49">
+        <v>2022</v>
+      </c>
+      <c r="J49" t="s">
+        <v>221</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>255</v>
+      </c>
+      <c r="M49" t="s">
+        <v>94</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>256</v>
+      </c>
+      <c r="P49" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>258</v>
+      </c>
+      <c r="B50" t="s">
+        <v>259</v>
+      </c>
+      <c r="C50" t="s">
+        <v>87</v>
+      </c>
+      <c r="D50" t="s">
+        <v>106</v>
+      </c>
+      <c r="E50" t="s">
+        <v>89</v>
+      </c>
+      <c r="F50" t="s">
+        <v>90</v>
+      </c>
+      <c r="G50" t="s">
+        <v>99</v>
+      </c>
+      <c r="H50">
+        <v>2007</v>
+      </c>
+      <c r="I50">
+        <v>2024</v>
+      </c>
+      <c r="J50" t="s">
+        <v>100</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>260</v>
+      </c>
+      <c r="M50" t="s">
+        <v>94</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>261</v>
+      </c>
+      <c r="P50" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>263</v>
+      </c>
+      <c r="B51" t="s">
+        <v>264</v>
+      </c>
+      <c r="C51" t="s">
+        <v>87</v>
+      </c>
+      <c r="D51" t="s">
+        <v>265</v>
+      </c>
+      <c r="E51" t="s">
+        <v>89</v>
+      </c>
+      <c r="F51" t="s">
+        <v>234</v>
+      </c>
+      <c r="G51" t="s">
+        <v>8</v>
+      </c>
+      <c r="H51">
+        <v>2007</v>
+      </c>
+      <c r="I51">
+        <v>2025</v>
+      </c>
+      <c r="J51" t="s">
+        <v>266</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>94</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>267</v>
+      </c>
+      <c r="P51" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>269</v>
+      </c>
+      <c r="B52" t="s">
+        <v>270</v>
+      </c>
+      <c r="C52" t="s">
+        <v>87</v>
+      </c>
+      <c r="D52" t="s">
+        <v>106</v>
+      </c>
+      <c r="E52" t="s">
+        <v>89</v>
+      </c>
+      <c r="F52" t="s">
+        <v>90</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52">
+        <v>2022</v>
+      </c>
+      <c r="J52" t="s">
+        <v>221</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>271</v>
+      </c>
+      <c r="M52" t="s">
+        <v>94</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>272</v>
+      </c>
+      <c r="P52" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>274</v>
+      </c>
+      <c r="B53" t="s">
+        <v>275</v>
+      </c>
+      <c r="C53" t="s">
+        <v>87</v>
+      </c>
+      <c r="D53" t="s">
+        <v>276</v>
+      </c>
+      <c r="E53" t="s">
+        <v>89</v>
+      </c>
+      <c r="F53" t="s">
+        <v>90</v>
+      </c>
+      <c r="G53" t="s">
+        <v>99</v>
+      </c>
+      <c r="H53">
+        <v>2015</v>
+      </c>
+      <c r="I53">
+        <v>2023</v>
+      </c>
+      <c r="J53" t="s">
+        <v>277</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>278</v>
+      </c>
+      <c r="M53" t="s">
+        <v>94</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>279</v>
+      </c>
+      <c r="P53" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>281</v>
+      </c>
+      <c r="B54" t="s">
+        <v>282</v>
+      </c>
+      <c r="C54" t="s">
+        <v>87</v>
+      </c>
+      <c r="D54" t="s">
+        <v>283</v>
+      </c>
+      <c r="E54" t="s">
+        <v>89</v>
+      </c>
+      <c r="F54" t="s">
+        <v>90</v>
+      </c>
+      <c r="G54" t="s">
+        <v>99</v>
+      </c>
+      <c r="H54">
+        <v>2009</v>
+      </c>
+      <c r="I54">
+        <v>2022</v>
+      </c>
+      <c r="J54" t="s">
+        <v>100</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>284</v>
+      </c>
+      <c r="M54" t="s">
+        <v>94</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>285</v>
+      </c>
+      <c r="P54" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>287</v>
+      </c>
+      <c r="B55" t="s">
+        <v>288</v>
+      </c>
+      <c r="C55" t="s">
+        <v>87</v>
+      </c>
+      <c r="D55" t="s">
+        <v>289</v>
+      </c>
+      <c r="E55" t="s">
+        <v>89</v>
+      </c>
+      <c r="F55" t="s">
+        <v>90</v>
+      </c>
+      <c r="G55" t="s">
+        <v>99</v>
+      </c>
+      <c r="H55">
+        <v>2009</v>
+      </c>
+      <c r="I55">
+        <v>2018</v>
+      </c>
+      <c r="J55" t="s">
+        <v>221</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>290</v>
+      </c>
+      <c r="M55" t="s">
+        <v>94</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>291</v>
+      </c>
+      <c r="P55" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>293</v>
+      </c>
+      <c r="B56" t="s">
+        <v>294</v>
+      </c>
+      <c r="C56" t="s">
+        <v>87</v>
+      </c>
+      <c r="D56" t="s">
+        <v>83</v>
+      </c>
+      <c r="E56" t="s">
+        <v>89</v>
+      </c>
+      <c r="F56" t="s">
+        <v>90</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2023</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>249</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>295</v>
+      </c>
+      <c r="M56" t="s">
+        <v>94</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>296</v>
+      </c>
+      <c r="P56" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>298</v>
+      </c>
+      <c r="B57" t="s">
+        <v>299</v>
+      </c>
+      <c r="C57" t="s">
+        <v>87</v>
+      </c>
+      <c r="D57" t="s">
+        <v>125</v>
+      </c>
+      <c r="E57" t="s">
+        <v>89</v>
+      </c>
+      <c r="F57" t="s">
+        <v>90</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2023</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>235</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>300</v>
+      </c>
+      <c r="M57" t="s">
+        <v>94</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>301</v>
+      </c>
+      <c r="P57" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>303</v>
+      </c>
+      <c r="B58" t="s">
+        <v>304</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>184</v>
+      </c>
+      <c r="E58" t="s">
         <v>20</v>
       </c>
-      <c r="J40" t="s">
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K40"/>
-      <c r="L40" t="s">
+      <c r="G58" t="s">
         <v>22</v>
-      </c>
-[...763 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H58">
         <v>2012</v>
       </c>
-      <c r="I58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
+        <v>108</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>25</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>305</v>
+      </c>
+      <c r="P58" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>303</v>
+      </c>
+      <c r="B59" t="s">
+        <v>307</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>184</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
         <v>21</v>
       </c>
-      <c r="K58"/>
-      <c r="L58" t="s">
+      <c r="G59" t="s">
         <v>22</v>
       </c>
-      <c r="M58" t="s">
+      <c r="H59">
+        <v>2012</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>108</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>25</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>308</v>
+      </c>
+      <c r="P59" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>303</v>
+      </c>
+      <c r="B60" t="s">
+        <v>309</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>310</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2012</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>108</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>25</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>311</v>
+      </c>
+      <c r="P60" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>303</v>
+      </c>
+      <c r="B61" t="s">
+        <v>312</v>
+      </c>
+      <c r="C61" t="s">
+        <v>18</v>
+      </c>
+      <c r="D61" t="s">
+        <v>313</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2010</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
         <v>23</v>
       </c>
-      <c r="N58" t="s">
-[...22 lines deleted...]
-      <c r="G59">
+      <c r="K61" t="s">
+        <v>314</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>25</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>315</v>
+      </c>
+      <c r="P61" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>303</v>
+      </c>
+      <c r="B62" t="s">
+        <v>317</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>179</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>99</v>
+      </c>
+      <c r="H62">
+        <v>1996</v>
+      </c>
+      <c r="I62">
         <v>2012</v>
       </c>
-      <c r="H59"/>
-[...3 lines deleted...]
-      <c r="J59" t="s">
+      <c r="J62" t="s">
+        <v>23</v>
+      </c>
+      <c r="K62" t="s">
+        <v>318</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>25</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>319</v>
+      </c>
+      <c r="P62" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>303</v>
+      </c>
+      <c r="B63" t="s">
+        <v>320</v>
+      </c>
+      <c r="C63" t="s">
+        <v>18</v>
+      </c>
+      <c r="D63" t="s">
+        <v>179</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
         <v>21</v>
       </c>
-      <c r="K59"/>
-[...3 lines deleted...]
-      <c r="M59" t="s">
+      <c r="G63" t="s">
+        <v>99</v>
+      </c>
+      <c r="H63">
+        <v>1996</v>
+      </c>
+      <c r="I63">
+        <v>2012</v>
+      </c>
+      <c r="J63" t="s">
         <v>23</v>
       </c>
-      <c r="N59" t="s">
+      <c r="K63" t="s">
+        <v>318</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>25</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>321</v>
+      </c>
+      <c r="P63" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>303</v>
+      </c>
+      <c r="B64" t="s">
+        <v>322</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>88</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>99</v>
+      </c>
+      <c r="H64">
+        <v>2010</v>
+      </c>
+      <c r="I64">
+        <v>2012</v>
+      </c>
+      <c r="J64" t="s">
+        <v>108</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>25</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>323</v>
+      </c>
+      <c r="P64" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>303</v>
+      </c>
+      <c r="B65" t="s">
+        <v>324</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>184</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>99</v>
+      </c>
+      <c r="H65">
+        <v>2012</v>
+      </c>
+      <c r="I65">
+        <v>2012</v>
+      </c>
+      <c r="J65" t="s">
+        <v>108</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>25</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>325</v>
+      </c>
+      <c r="P65" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>303</v>
+      </c>
+      <c r="B66" t="s">
+        <v>326</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>327</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>99</v>
+      </c>
+      <c r="H66">
+        <v>2012</v>
+      </c>
+      <c r="I66">
+        <v>2012</v>
+      </c>
+      <c r="J66" t="s">
+        <v>108</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>25</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>328</v>
+      </c>
+      <c r="P66" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>303</v>
+      </c>
+      <c r="B67" t="s">
+        <v>329</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>330</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>99</v>
+      </c>
+      <c r="H67">
+        <v>1996</v>
+      </c>
+      <c r="I67">
+        <v>2012</v>
+      </c>
+      <c r="J67" t="s">
+        <v>23</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>25</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>331</v>
+      </c>
+      <c r="P67" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>303</v>
+      </c>
+      <c r="B68" t="s">
+        <v>332</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
         <v>227</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G60">
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>99</v>
+      </c>
+      <c r="H68">
+        <v>1996</v>
+      </c>
+      <c r="I68">
         <v>2012</v>
       </c>
-      <c r="H60"/>
-[...3 lines deleted...]
-      <c r="J60" t="s">
+      <c r="J68" t="s">
+        <v>23</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>25</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>333</v>
+      </c>
+      <c r="P68" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>303</v>
+      </c>
+      <c r="B69" t="s">
+        <v>334</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>335</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
         <v>21</v>
       </c>
-      <c r="K60"/>
-[...362 lines deleted...]
-        <v>1996</v>
+      <c r="G69" t="s">
+        <v>99</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
-      <c r="I69" t="s">
+      <c r="I69">
+        <v>2012</v>
+      </c>
+      <c r="J69" t="s">
+        <v>108</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>25</v>
+      </c>
+      <c r="N69" t="s">
+        <v>336</v>
+      </c>
+      <c r="O69" t="s">
+        <v>337</v>
+      </c>
+      <c r="P69" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>338</v>
+      </c>
+      <c r="B70" t="s">
+        <v>339</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>340</v>
+      </c>
+      <c r="E70" t="s">
         <v>20</v>
       </c>
-      <c r="J69" t="s">
-[...3 lines deleted...]
-      <c r="L69" t="s">
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>99</v>
+      </c>
+      <c r="H70">
+        <v>1996</v>
+      </c>
+      <c r="I70">
+        <v>2010</v>
+      </c>
+      <c r="J70" t="s">
+        <v>23</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>25</v>
+      </c>
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>341</v>
+      </c>
+      <c r="P70" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>342</v>
+      </c>
+      <c r="B71" t="s">
+        <v>343</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>344</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>99</v>
+      </c>
+      <c r="H71">
+        <v>1996</v>
+      </c>
+      <c r="I71">
+        <v>2012</v>
+      </c>
+      <c r="J71" t="s">
+        <v>23</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>345</v>
+      </c>
+      <c r="M71" t="s">
+        <v>25</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>346</v>
+      </c>
+      <c r="P71" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>347</v>
+      </c>
+      <c r="B72" t="s">
+        <v>348</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>179</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>99</v>
+      </c>
+      <c r="H72">
+        <v>1996</v>
+      </c>
+      <c r="I72">
+        <v>2010</v>
+      </c>
+      <c r="J72" t="s">
+        <v>23</v>
+      </c>
+      <c r="K72" t="s">
+        <v>147</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>25</v>
+      </c>
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>349</v>
+      </c>
+      <c r="P72" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>350</v>
+      </c>
+      <c r="B73" t="s">
+        <v>351</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>43</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>99</v>
+      </c>
+      <c r="H73">
+        <v>1996</v>
+      </c>
+      <c r="I73">
+        <v>2010</v>
+      </c>
+      <c r="J73" t="s">
+        <v>23</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>25</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>352</v>
+      </c>
+      <c r="P73" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>353</v>
+      </c>
+      <c r="B74" t="s">
+        <v>354</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>179</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>99</v>
+      </c>
+      <c r="H74">
+        <v>1996</v>
+      </c>
+      <c r="I74">
+        <v>2010</v>
+      </c>
+      <c r="J74" t="s">
+        <v>23</v>
+      </c>
+      <c r="K74" t="s">
+        <v>147</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>25</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>355</v>
+      </c>
+      <c r="P74" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>356</v>
+      </c>
+      <c r="B75" t="s">
+        <v>357</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>88</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>99</v>
+      </c>
+      <c r="H75">
+        <v>1996</v>
+      </c>
+      <c r="I75">
+        <v>2010</v>
+      </c>
+      <c r="J75" t="s">
+        <v>108</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>25</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>358</v>
+      </c>
+      <c r="P75" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>356</v>
+      </c>
+      <c r="B76" t="s">
+        <v>359</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>360</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>99</v>
+      </c>
+      <c r="H76">
+        <v>1996</v>
+      </c>
+      <c r="I76">
+        <v>2010</v>
+      </c>
+      <c r="J76" t="s">
+        <v>23</v>
+      </c>
+      <c r="K76" t="s">
+        <v>147</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>25</v>
+      </c>
+      <c r="N76" t="s">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>361</v>
+      </c>
+      <c r="P76" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>362</v>
+      </c>
+      <c r="B77" t="s">
+        <v>363</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>364</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>99</v>
+      </c>
+      <c r="H77">
+        <v>1996</v>
+      </c>
+      <c r="I77">
+        <v>2010</v>
+      </c>
+      <c r="J77" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>25</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>365</v>
+      </c>
+      <c r="P77" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>366</v>
+      </c>
+      <c r="B78" t="s">
+        <v>327</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>327</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>99</v>
+      </c>
+      <c r="H78">
+        <v>1996</v>
+      </c>
+      <c r="I78">
+        <v>2010</v>
+      </c>
+      <c r="J78" t="s">
+        <v>367</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>25</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>368</v>
+      </c>
+      <c r="P78" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>370</v>
+      </c>
+      <c r="B79" t="s">
+        <v>371</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>372</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>99</v>
+      </c>
+      <c r="H79">
+        <v>1996</v>
+      </c>
+      <c r="I79">
+        <v>2010</v>
+      </c>
+      <c r="J79" t="s">
+        <v>23</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>25</v>
+      </c>
+      <c r="N79" t="s">
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>373</v>
+      </c>
+      <c r="P79" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>374</v>
+      </c>
+      <c r="B80" t="s">
+        <v>375</v>
+      </c>
+      <c r="C80" t="s">
+        <v>87</v>
+      </c>
+      <c r="D80" t="s">
+        <v>376</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>90</v>
+      </c>
+      <c r="G80" t="s">
+        <v>377</v>
+      </c>
+      <c r="H80"/>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>378</v>
+      </c>
+      <c r="K80" t="s">
+        <v>379</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>380</v>
+      </c>
+      <c r="N80" t="s">
+        <v>381</v>
+      </c>
+      <c r="O80" t="s">
+        <v>382</v>
+      </c>
+      <c r="P80" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>384</v>
+      </c>
+      <c r="B81" t="s">
+        <v>385</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>386</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>99</v>
+      </c>
+      <c r="H81">
+        <v>2006</v>
+      </c>
+      <c r="I81">
+        <v>2015</v>
+      </c>
+      <c r="J81" t="s">
+        <v>387</v>
+      </c>
+      <c r="K81" t="s">
+        <v>379</v>
+      </c>
+      <c r="L81" t="s">
+        <v>388</v>
+      </c>
+      <c r="M81" t="s">
+        <v>389</v>
+      </c>
+      <c r="N81" t="s">
+        <v>381</v>
+      </c>
+      <c r="O81" t="s">
+        <v>390</v>
+      </c>
+      <c r="P81" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>392</v>
+      </c>
+      <c r="B82" t="s">
+        <v>393</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>394</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>99</v>
+      </c>
+      <c r="H82">
+        <v>2001</v>
+      </c>
+      <c r="I82">
+        <v>2012</v>
+      </c>
+      <c r="J82" t="s">
+        <v>387</v>
+      </c>
+      <c r="K82" t="s">
+        <v>379</v>
+      </c>
+      <c r="L82" t="s">
+        <v>395</v>
+      </c>
+      <c r="M82" t="s">
+        <v>389</v>
+      </c>
+      <c r="N82" t="s">
+        <v>381</v>
+      </c>
+      <c r="O82" t="s">
+        <v>396</v>
+      </c>
+      <c r="P82" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>398</v>
+      </c>
+      <c r="B83" t="s">
+        <v>399</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>400</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>99</v>
+      </c>
+      <c r="H83">
+        <v>1994</v>
+      </c>
+      <c r="I83">
+        <v>2013</v>
+      </c>
+      <c r="J83" t="s">
+        <v>387</v>
+      </c>
+      <c r="K83" t="s">
+        <v>379</v>
+      </c>
+      <c r="L83" t="s">
+        <v>401</v>
+      </c>
+      <c r="M83" t="s">
+        <v>389</v>
+      </c>
+      <c r="N83" t="s">
+        <v>381</v>
+      </c>
+      <c r="O83" t="s">
+        <v>402</v>
+      </c>
+      <c r="P83" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>404</v>
+      </c>
+      <c r="B84" t="s">
+        <v>405</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>406</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>99</v>
+      </c>
+      <c r="H84">
+        <v>1992</v>
+      </c>
+      <c r="I84">
+        <v>2012</v>
+      </c>
+      <c r="J84" t="s">
+        <v>387</v>
+      </c>
+      <c r="K84" t="s">
+        <v>379</v>
+      </c>
+      <c r="L84" t="s">
+        <v>395</v>
+      </c>
+      <c r="M84" t="s">
+        <v>389</v>
+      </c>
+      <c r="N84" t="s">
+        <v>381</v>
+      </c>
+      <c r="O84" t="s">
+        <v>407</v>
+      </c>
+      <c r="P84" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>409</v>
+      </c>
+      <c r="B85" t="s">
+        <v>410</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>340</v>
+      </c>
+      <c r="E85" t="s">
+        <v>89</v>
+      </c>
+      <c r="F85" t="s">
+        <v>234</v>
+      </c>
+      <c r="G85" t="s">
+        <v>99</v>
+      </c>
+      <c r="H85">
+        <v>2008</v>
+      </c>
+      <c r="I85">
+        <v>2016</v>
+      </c>
+      <c r="J85" t="s">
+        <v>23</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>25</v>
+      </c>
+      <c r="N85" t="s">
+        <v>26</v>
+      </c>
+      <c r="O85" t="s">
+        <v>411</v>
+      </c>
+      <c r="P85" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>412</v>
+      </c>
+      <c r="B86" t="s">
+        <v>413</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>414</v>
+      </c>
+      <c r="E86" t="s">
+        <v>89</v>
+      </c>
+      <c r="F86" t="s">
+        <v>234</v>
+      </c>
+      <c r="G86" t="s">
         <v>22</v>
       </c>
-      <c r="M69" t="s">
+      <c r="H86">
+        <v>2012</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
         <v>23</v>
       </c>
-      <c r="N69" t="s">
-[...35 lines deleted...]
-      <c r="L70" t="s">
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>25</v>
+      </c>
+      <c r="N86" t="s">
+        <v>26</v>
+      </c>
+      <c r="O86" t="s">
+        <v>415</v>
+      </c>
+      <c r="P86" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>416</v>
+      </c>
+      <c r="B87" t="s">
+        <v>417</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>418</v>
+      </c>
+      <c r="E87" t="s">
+        <v>89</v>
+      </c>
+      <c r="F87" t="s">
+        <v>234</v>
+      </c>
+      <c r="G87" t="s">
         <v>22</v>
       </c>
-      <c r="M70" t="s">
+      <c r="H87">
+        <v>2009</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
         <v>23</v>
       </c>
-      <c r="N70" t="s">
-[...711 lines deleted...]
-      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
       <c r="M87" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N87" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O87" t="s">
+        <v>419</v>
+      </c>
+      <c r="P87" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>305</v>
+        <v>420</v>
       </c>
       <c r="B88" t="s">
-        <v>15</v>
+        <v>151</v>
       </c>
       <c r="C88" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="D88" t="s">
-        <v>69</v>
+        <v>152</v>
       </c>
       <c r="E88" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="F88" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>234</v>
+      </c>
+      <c r="G88" t="s">
+        <v>99</v>
       </c>
       <c r="H88">
         <v>2011</v>
       </c>
-      <c r="I88" t="s">
-        <v>20</v>
+      <c r="I88">
+        <v>2011</v>
       </c>
       <c r="J88" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K88" t="s">
-        <v>118</v>
+        <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>22</v>
+        <v>153</v>
       </c>
       <c r="M88" t="s">
+        <v>25</v>
+      </c>
+      <c r="N88" t="s">
+        <v>26</v>
+      </c>
+      <c r="O88" t="s">
+        <v>421</v>
+      </c>
+      <c r="P88" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>422</v>
+      </c>
+      <c r="B89" t="s">
+        <v>105</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>106</v>
+      </c>
+      <c r="E89" t="s">
+        <v>89</v>
+      </c>
+      <c r="F89" t="s">
+        <v>234</v>
+      </c>
+      <c r="G89" t="s">
+        <v>99</v>
+      </c>
+      <c r="H89">
+        <v>1993</v>
+      </c>
+      <c r="I89">
+        <v>2009</v>
+      </c>
+      <c r="J89" t="s">
+        <v>108</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>109</v>
+      </c>
+      <c r="M89" t="s">
+        <v>25</v>
+      </c>
+      <c r="N89" t="s">
+        <v>26</v>
+      </c>
+      <c r="O89" t="s">
+        <v>423</v>
+      </c>
+      <c r="P89" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>424</v>
+      </c>
+      <c r="B90" t="s">
+        <v>425</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>344</v>
+      </c>
+      <c r="E90" t="s">
+        <v>89</v>
+      </c>
+      <c r="F90" t="s">
+        <v>234</v>
+      </c>
+      <c r="G90" t="s">
+        <v>99</v>
+      </c>
+      <c r="H90">
+        <v>1994</v>
+      </c>
+      <c r="I90">
+        <v>2003</v>
+      </c>
+      <c r="J90" t="s">
         <v>23</v>
       </c>
-      <c r="N88" t="s">
-[...77 lines deleted...]
-      </c>
       <c r="K90" t="s">
-        <v>251</v>
+        <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>22</v>
+        <v>345</v>
       </c>
       <c r="M90" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N90" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O90" t="s">
+        <v>426</v>
+      </c>
+      <c r="P90" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>311</v>
+        <v>427</v>
       </c>
       <c r="B91" t="s">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="C91" t="s">
-        <v>121</v>
+        <v>18</v>
       </c>
       <c r="D91" t="s">
-        <v>69</v>
+        <v>157</v>
       </c>
       <c r="E91" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="F91" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>234</v>
+      </c>
+      <c r="G91" t="s">
+        <v>99</v>
       </c>
       <c r="H91">
         <v>2010</v>
       </c>
-      <c r="I91" t="s">
-        <v>84</v>
+      <c r="I91">
+        <v>2010</v>
       </c>
       <c r="J91" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="K91" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="L91" t="s">
-        <v>22</v>
+        <v>158</v>
       </c>
       <c r="M91" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N91" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O91" t="s">
+        <v>428</v>
+      </c>
+      <c r="P91" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>313</v>
+        <v>429</v>
       </c>
       <c r="B92" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="C92" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
       <c r="D92" t="s">
-        <v>69</v>
+        <v>114</v>
       </c>
       <c r="E92" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="F92" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>234</v>
+      </c>
+      <c r="G92" t="s">
+        <v>99</v>
       </c>
       <c r="H92">
         <v>2012</v>
       </c>
-      <c r="I92" t="s">
-        <v>20</v>
+      <c r="I92">
+        <v>2012</v>
       </c>
       <c r="J92" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L92" t="s">
+        <v>23</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>25</v>
+      </c>
+      <c r="N92" t="s">
+        <v>26</v>
+      </c>
+      <c r="O92" t="s">
+        <v>430</v>
+      </c>
+      <c r="P92" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>431</v>
+      </c>
+      <c r="B93" t="s">
+        <v>118</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
+        <v>119</v>
+      </c>
+      <c r="E93" t="s">
+        <v>89</v>
+      </c>
+      <c r="F93" t="s">
+        <v>234</v>
+      </c>
+      <c r="G93" t="s">
         <v>22</v>
       </c>
-      <c r="M92" t="s">
+      <c r="H93">
+        <v>2009</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
         <v>23</v>
       </c>
-      <c r="N92" t="s">
-[...22 lines deleted...]
-      <c r="G93">
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93" t="s">
+        <v>121</v>
+      </c>
+      <c r="M93" t="s">
+        <v>25</v>
+      </c>
+      <c r="N93" t="s">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>432</v>
+      </c>
+      <c r="P93" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>433</v>
+      </c>
+      <c r="B94" t="s">
+        <v>434</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>162</v>
+      </c>
+      <c r="E94" t="s">
+        <v>89</v>
+      </c>
+      <c r="F94" t="s">
+        <v>234</v>
+      </c>
+      <c r="G94" t="s">
+        <v>99</v>
+      </c>
+      <c r="H94">
+        <v>2002</v>
+      </c>
+      <c r="I94">
+        <v>2007</v>
+      </c>
+      <c r="J94" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>163</v>
+      </c>
+      <c r="M94" t="s">
+        <v>25</v>
+      </c>
+      <c r="N94" t="s">
+        <v>26</v>
+      </c>
+      <c r="O94" t="s">
+        <v>435</v>
+      </c>
+      <c r="P94" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>436</v>
+      </c>
+      <c r="B95" t="s">
+        <v>166</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>167</v>
+      </c>
+      <c r="E95" t="s">
+        <v>89</v>
+      </c>
+      <c r="F95" t="s">
+        <v>234</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
         <v>2009</v>
       </c>
-      <c r="H93"/>
-[...9 lines deleted...]
-      <c r="L93" t="s">
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>108</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95" t="s">
+        <v>168</v>
+      </c>
+      <c r="M95" t="s">
+        <v>25</v>
+      </c>
+      <c r="N95" t="s">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>437</v>
+      </c>
+      <c r="P95" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>438</v>
+      </c>
+      <c r="B96" t="s">
+        <v>439</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>179</v>
+      </c>
+      <c r="E96" t="s">
+        <v>89</v>
+      </c>
+      <c r="F96" t="s">
+        <v>234</v>
+      </c>
+      <c r="G96" t="s">
         <v>22</v>
       </c>
-      <c r="M93" t="s">
+      <c r="H96">
+        <v>2011</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
         <v>23</v>
       </c>
-      <c r="N93" t="s">
-[...40 lines deleted...]
-      <c r="M94" t="s">
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>25</v>
+      </c>
+      <c r="N96" t="s">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>440</v>
+      </c>
+      <c r="P96" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>441</v>
+      </c>
+      <c r="B97" t="s">
+        <v>442</v>
+      </c>
+      <c r="C97" t="s">
+        <v>18</v>
+      </c>
+      <c r="D97" t="s">
+        <v>443</v>
+      </c>
+      <c r="E97" t="s">
+        <v>89</v>
+      </c>
+      <c r="F97" t="s">
+        <v>234</v>
+      </c>
+      <c r="G97" t="s">
+        <v>99</v>
+      </c>
+      <c r="H97">
+        <v>2011</v>
+      </c>
+      <c r="I97">
+        <v>2015</v>
+      </c>
+      <c r="J97" t="s">
         <v>23</v>
       </c>
-      <c r="N94" t="s">
-[...10 lines deleted...]
-      <c r="C95" t="s">
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>25</v>
+      </c>
+      <c r="N97" t="s">
+        <v>26</v>
+      </c>
+      <c r="O97" t="s">
+        <v>444</v>
+      </c>
+      <c r="P97" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>445</v>
+      </c>
+      <c r="B98" t="s">
         <v>129</v>
       </c>
-      <c r="D95" t="s">
-[...18 lines deleted...]
-      <c r="K95" t="s">
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
         <v>130</v>
       </c>
-      <c r="L95" t="s">
-[...103 lines deleted...]
-      </c>
       <c r="E98" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="F98" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>234</v>
+      </c>
+      <c r="G98" t="s">
+        <v>99</v>
       </c>
       <c r="H98">
         <v>2012</v>
       </c>
-      <c r="I98" t="s">
-        <v>101</v>
+      <c r="I98">
+        <v>2012</v>
       </c>
       <c r="J98" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L98" t="s">
+        <v>131</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>25</v>
+      </c>
+      <c r="N98" t="s">
+        <v>26</v>
+      </c>
+      <c r="O98" t="s">
+        <v>446</v>
+      </c>
+      <c r="P98" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>447</v>
+      </c>
+      <c r="B99" t="s">
+        <v>448</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>449</v>
+      </c>
+      <c r="E99" t="s">
+        <v>89</v>
+      </c>
+      <c r="F99" t="s">
+        <v>234</v>
+      </c>
+      <c r="G99" t="s">
+        <v>450</v>
+      </c>
+      <c r="H99">
+        <v>2012</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>221</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>451</v>
+      </c>
+      <c r="N99" t="s">
+        <v>26</v>
+      </c>
+      <c r="O99" t="s">
+        <v>452</v>
+      </c>
+      <c r="P99" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>454</v>
+      </c>
+      <c r="B100" t="s">
+        <v>171</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
+        <v>455</v>
+      </c>
+      <c r="E100" t="s">
+        <v>89</v>
+      </c>
+      <c r="F100" t="s">
+        <v>234</v>
+      </c>
+      <c r="G100" t="s">
+        <v>99</v>
+      </c>
+      <c r="H100">
+        <v>1994</v>
+      </c>
+      <c r="I100">
+        <v>2003</v>
+      </c>
+      <c r="J100" t="s">
+        <v>108</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>25</v>
+      </c>
+      <c r="N100" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
+        <v>456</v>
+      </c>
+      <c r="P100" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>457</v>
+      </c>
+      <c r="B101" t="s">
+        <v>458</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>344</v>
+      </c>
+      <c r="E101" t="s">
+        <v>89</v>
+      </c>
+      <c r="F101" t="s">
+        <v>234</v>
+      </c>
+      <c r="G101" t="s">
+        <v>99</v>
+      </c>
+      <c r="H101">
+        <v>1994</v>
+      </c>
+      <c r="I101">
+        <v>2004</v>
+      </c>
+      <c r="J101" t="s">
+        <v>23</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101" t="s">
+        <v>459</v>
+      </c>
+      <c r="M101" t="s">
+        <v>25</v>
+      </c>
+      <c r="N101" t="s">
+        <v>26</v>
+      </c>
+      <c r="O101" t="s">
+        <v>460</v>
+      </c>
+      <c r="P101" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>461</v>
+      </c>
+      <c r="B102" t="s">
+        <v>175</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>98</v>
+      </c>
+      <c r="E102" t="s">
+        <v>89</v>
+      </c>
+      <c r="F102" t="s">
+        <v>234</v>
+      </c>
+      <c r="G102" t="s">
+        <v>99</v>
+      </c>
+      <c r="H102">
+        <v>2004</v>
+      </c>
+      <c r="I102">
+        <v>2010</v>
+      </c>
+      <c r="J102" t="s">
+        <v>108</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>25</v>
+      </c>
+      <c r="N102" t="s">
+        <v>26</v>
+      </c>
+      <c r="O102" t="s">
+        <v>462</v>
+      </c>
+      <c r="P102" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>463</v>
+      </c>
+      <c r="B103" t="s">
+        <v>145</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>146</v>
+      </c>
+      <c r="E103" t="s">
+        <v>89</v>
+      </c>
+      <c r="F103" t="s">
+        <v>234</v>
+      </c>
+      <c r="G103" t="s">
+        <v>99</v>
+      </c>
+      <c r="H103">
+        <v>2010</v>
+      </c>
+      <c r="I103">
+        <v>2015</v>
+      </c>
+      <c r="J103" t="s">
+        <v>23</v>
+      </c>
+      <c r="K103" t="s">
+        <v>147</v>
+      </c>
+      <c r="L103" t="s">
+        <v>148</v>
+      </c>
+      <c r="M103" t="s">
+        <v>25</v>
+      </c>
+      <c r="N103" t="s">
+        <v>26</v>
+      </c>
+      <c r="O103" t="s">
+        <v>464</v>
+      </c>
+      <c r="P103" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>465</v>
+      </c>
+      <c r="B104" t="s">
+        <v>466</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>125</v>
+      </c>
+      <c r="E104" t="s">
+        <v>89</v>
+      </c>
+      <c r="F104" t="s">
+        <v>234</v>
+      </c>
+      <c r="G104" t="s">
+        <v>99</v>
+      </c>
+      <c r="H104">
+        <v>2002</v>
+      </c>
+      <c r="I104">
+        <v>2006</v>
+      </c>
+      <c r="J104" t="s">
+        <v>23</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>126</v>
+      </c>
+      <c r="M104" t="s">
+        <v>25</v>
+      </c>
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
+        <v>467</v>
+      </c>
+      <c r="P104" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>468</v>
+      </c>
+      <c r="B105" t="s">
+        <v>178</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>179</v>
+      </c>
+      <c r="E105" t="s">
+        <v>89</v>
+      </c>
+      <c r="F105" t="s">
+        <v>234</v>
+      </c>
+      <c r="G105" t="s">
+        <v>99</v>
+      </c>
+      <c r="H105">
+        <v>2001</v>
+      </c>
+      <c r="I105">
+        <v>2010</v>
+      </c>
+      <c r="J105" t="s">
+        <v>23</v>
+      </c>
+      <c r="K105" t="s">
+        <v>147</v>
+      </c>
+      <c r="L105" t="s">
+        <v>180</v>
+      </c>
+      <c r="M105" t="s">
+        <v>25</v>
+      </c>
+      <c r="N105" t="s">
+        <v>26</v>
+      </c>
+      <c r="O105" t="s">
+        <v>469</v>
+      </c>
+      <c r="P105" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>470</v>
+      </c>
+      <c r="B106" t="s">
+        <v>183</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>184</v>
+      </c>
+      <c r="E106" t="s">
+        <v>89</v>
+      </c>
+      <c r="F106" t="s">
+        <v>234</v>
+      </c>
+      <c r="G106" t="s">
+        <v>99</v>
+      </c>
+      <c r="H106">
+        <v>2009</v>
+      </c>
+      <c r="I106">
+        <v>2014</v>
+      </c>
+      <c r="J106" t="s">
+        <v>108</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>185</v>
+      </c>
+      <c r="M106" t="s">
+        <v>25</v>
+      </c>
+      <c r="N106" t="s">
+        <v>26</v>
+      </c>
+      <c r="O106" t="s">
+        <v>471</v>
+      </c>
+      <c r="P106" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>473</v>
+      </c>
+      <c r="B107" t="s">
+        <v>474</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>192</v>
+      </c>
+      <c r="E107" t="s">
+        <v>89</v>
+      </c>
+      <c r="F107" t="s">
+        <v>234</v>
+      </c>
+      <c r="G107" t="s">
         <v>22</v>
       </c>
-      <c r="M98" t="s">
+      <c r="H107">
+        <v>2004</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>108</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>193</v>
+      </c>
+      <c r="M107" t="s">
+        <v>25</v>
+      </c>
+      <c r="N107" t="s">
+        <v>26</v>
+      </c>
+      <c r="O107" t="s">
+        <v>475</v>
+      </c>
+      <c r="P107" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>476</v>
+      </c>
+      <c r="B108" t="s">
+        <v>477</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>478</v>
+      </c>
+      <c r="E108" t="s">
+        <v>89</v>
+      </c>
+      <c r="F108" t="s">
+        <v>234</v>
+      </c>
+      <c r="G108" t="s">
+        <v>99</v>
+      </c>
+      <c r="H108">
+        <v>2010</v>
+      </c>
+      <c r="I108">
+        <v>2012</v>
+      </c>
+      <c r="J108" t="s">
+        <v>108</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>25</v>
+      </c>
+      <c r="N108" t="s">
+        <v>26</v>
+      </c>
+      <c r="O108" t="s">
+        <v>479</v>
+      </c>
+      <c r="P108" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>480</v>
+      </c>
+      <c r="B109" t="s">
+        <v>481</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>157</v>
+      </c>
+      <c r="E109" t="s">
+        <v>89</v>
+      </c>
+      <c r="F109" t="s">
+        <v>234</v>
+      </c>
+      <c r="G109" t="s">
+        <v>99</v>
+      </c>
+      <c r="H109">
+        <v>1992</v>
+      </c>
+      <c r="I109">
+        <v>2004</v>
+      </c>
+      <c r="J109" t="s">
+        <v>108</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>158</v>
+      </c>
+      <c r="M109" t="s">
+        <v>25</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109" t="s">
+        <v>482</v>
+      </c>
+      <c r="P109" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>484</v>
+      </c>
+      <c r="B110" t="s">
+        <v>485</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>79</v>
+      </c>
+      <c r="E110" t="s">
+        <v>89</v>
+      </c>
+      <c r="F110" t="s">
+        <v>234</v>
+      </c>
+      <c r="G110" t="s">
+        <v>99</v>
+      </c>
+      <c r="H110">
+        <v>2015</v>
+      </c>
+      <c r="I110">
+        <v>2019</v>
+      </c>
+      <c r="J110" t="s">
+        <v>221</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>451</v>
+      </c>
+      <c r="N110" t="s">
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>486</v>
+      </c>
+      <c r="P110" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>488</v>
+      </c>
+      <c r="B111" t="s">
+        <v>78</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>79</v>
+      </c>
+      <c r="E111" t="s">
+        <v>89</v>
+      </c>
+      <c r="F111" t="s">
+        <v>234</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2015</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
         <v>23</v>
       </c>
-      <c r="N98" t="s">
-[...549 lines deleted...]
-      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111"/>
       <c r="M111" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N111" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O111" t="s">
+        <v>489</v>
+      </c>
+      <c r="P111" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>361</v>
+        <v>490</v>
       </c>
       <c r="B112" t="s">
-        <v>15</v>
+        <v>491</v>
       </c>
       <c r="C112" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="D112" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="E112" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
       <c r="F112" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>234</v>
+      </c>
+      <c r="G112" t="s">
+        <v>99</v>
       </c>
       <c r="H112">
         <v>2012</v>
       </c>
-      <c r="I112" t="s">
+      <c r="I112">
+        <v>2012</v>
+      </c>
+      <c r="J112" t="s">
+        <v>23</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>25</v>
+      </c>
+      <c r="N112" t="s">
+        <v>26</v>
+      </c>
+      <c r="O112" t="s">
+        <v>492</v>
+      </c>
+      <c r="P112" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>493</v>
+      </c>
+      <c r="B113" t="s">
+        <v>494</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>227</v>
+      </c>
+      <c r="E113" t="s">
+        <v>89</v>
+      </c>
+      <c r="F113" t="s">
+        <v>234</v>
+      </c>
+      <c r="G113" t="s">
+        <v>99</v>
+      </c>
+      <c r="H113">
+        <v>2012</v>
+      </c>
+      <c r="I113">
+        <v>2016</v>
+      </c>
+      <c r="J113" t="s">
+        <v>23</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>25</v>
+      </c>
+      <c r="N113" t="s">
+        <v>26</v>
+      </c>
+      <c r="O113" t="s">
+        <v>495</v>
+      </c>
+      <c r="P113" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>493</v>
+      </c>
+      <c r="B114" t="s">
+        <v>496</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>227</v>
+      </c>
+      <c r="E114" t="s">
+        <v>89</v>
+      </c>
+      <c r="F114" t="s">
+        <v>234</v>
+      </c>
+      <c r="G114" t="s">
+        <v>99</v>
+      </c>
+      <c r="H114">
+        <v>2012</v>
+      </c>
+      <c r="I114">
+        <v>2015</v>
+      </c>
+      <c r="J114" t="s">
+        <v>23</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>25</v>
+      </c>
+      <c r="N114" t="s">
+        <v>26</v>
+      </c>
+      <c r="O114" t="s">
+        <v>497</v>
+      </c>
+      <c r="P114" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>498</v>
+      </c>
+      <c r="B115" t="s">
+        <v>499</v>
+      </c>
+      <c r="C115" t="s">
+        <v>18</v>
+      </c>
+      <c r="D115" t="s">
+        <v>205</v>
+      </c>
+      <c r="E115" t="s">
+        <v>89</v>
+      </c>
+      <c r="F115" t="s">
+        <v>234</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2009</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>23</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115" t="s">
+        <v>206</v>
+      </c>
+      <c r="M115" t="s">
+        <v>25</v>
+      </c>
+      <c r="N115" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" t="s">
+        <v>500</v>
+      </c>
+      <c r="P115" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>501</v>
+      </c>
+      <c r="B116" t="s">
+        <v>502</v>
+      </c>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>125</v>
+      </c>
+      <c r="E116" t="s">
+        <v>89</v>
+      </c>
+      <c r="F116" t="s">
+        <v>234</v>
+      </c>
+      <c r="G116" t="s">
+        <v>99</v>
+      </c>
+      <c r="H116">
+        <v>2002</v>
+      </c>
+      <c r="I116">
+        <v>2004</v>
+      </c>
+      <c r="J116" t="s">
+        <v>23</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116" t="s">
+        <v>126</v>
+      </c>
+      <c r="M116" t="s">
+        <v>25</v>
+      </c>
+      <c r="N116" t="s">
+        <v>26</v>
+      </c>
+      <c r="O116" t="s">
+        <v>503</v>
+      </c>
+      <c r="P116" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>504</v>
+      </c>
+      <c r="B117" t="s">
+        <v>505</v>
+      </c>
+      <c r="C117" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" t="s">
+        <v>506</v>
+      </c>
+      <c r="E117" t="s">
+        <v>89</v>
+      </c>
+      <c r="F117" t="s">
+        <v>234</v>
+      </c>
+      <c r="G117" t="s">
+        <v>377</v>
+      </c>
+      <c r="H117"/>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>23</v>
+      </c>
+      <c r="K117" t="s">
+        <v>314</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>25</v>
+      </c>
+      <c r="N117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
+        <v>507</v>
+      </c>
+      <c r="P117" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>508</v>
+      </c>
+      <c r="B118" t="s">
+        <v>509</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
+        <v>125</v>
+      </c>
+      <c r="E118" t="s">
         <v>20</v>
       </c>
-      <c r="J112" t="s">
+      <c r="F118" t="s">
         <v>21</v>
       </c>
-      <c r="K112"/>
-[...238 lines deleted...]
-        <v>2012</v>
+      <c r="G118" t="s">
+        <v>99</v>
       </c>
       <c r="H118">
         <v>2012</v>
       </c>
-      <c r="I118" t="s">
+      <c r="I118">
+        <v>2012</v>
+      </c>
+      <c r="J118" t="s">
+        <v>23</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>25</v>
+      </c>
+      <c r="N118" t="s">
+        <v>26</v>
+      </c>
+      <c r="O118" t="s">
+        <v>510</v>
+      </c>
+      <c r="P118" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>508</v>
+      </c>
+      <c r="B119" t="s">
+        <v>83</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>83</v>
+      </c>
+      <c r="E119" t="s">
         <v>20</v>
       </c>
-      <c r="J118" t="s">
+      <c r="F119" t="s">
         <v>21</v>
       </c>
-      <c r="K118"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G119" t="s">
+        <v>99</v>
       </c>
       <c r="H119">
         <v>2012</v>
       </c>
-      <c r="I119" t="s">
+      <c r="I119">
+        <v>2012</v>
+      </c>
+      <c r="J119" t="s">
+        <v>23</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>25</v>
+      </c>
+      <c r="N119" t="s">
+        <v>26</v>
+      </c>
+      <c r="O119" t="s">
+        <v>511</v>
+      </c>
+      <c r="P119" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>512</v>
+      </c>
+      <c r="B120" t="s">
+        <v>513</v>
+      </c>
+      <c r="C120" t="s">
+        <v>514</v>
+      </c>
+      <c r="D120" t="s">
+        <v>515</v>
+      </c>
+      <c r="E120" t="s">
+        <v>89</v>
+      </c>
+      <c r="F120" t="s">
+        <v>516</v>
+      </c>
+      <c r="G120" t="s">
+        <v>8</v>
+      </c>
+      <c r="H120">
+        <v>2015</v>
+      </c>
+      <c r="I120">
+        <v>2024</v>
+      </c>
+      <c r="J120" t="s">
+        <v>517</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>518</v>
+      </c>
+      <c r="M120" t="s">
+        <v>519</v>
+      </c>
+      <c r="N120" t="s">
+        <v>26</v>
+      </c>
+      <c r="O120" t="s">
+        <v>520</v>
+      </c>
+      <c r="P120" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>522</v>
+      </c>
+      <c r="B121" t="s">
+        <v>523</v>
+      </c>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
+        <v>201</v>
+      </c>
+      <c r="E121" t="s">
+        <v>89</v>
+      </c>
+      <c r="F121" t="s">
+        <v>516</v>
+      </c>
+      <c r="G121" t="s">
+        <v>8</v>
+      </c>
+      <c r="H121">
+        <v>2004</v>
+      </c>
+      <c r="I121">
+        <v>2024</v>
+      </c>
+      <c r="J121" t="s">
+        <v>517</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>524</v>
+      </c>
+      <c r="M121" t="s">
+        <v>519</v>
+      </c>
+      <c r="N121" t="s">
+        <v>26</v>
+      </c>
+      <c r="O121" t="s">
+        <v>525</v>
+      </c>
+      <c r="P121" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>526</v>
+      </c>
+      <c r="B122" t="s">
+        <v>527</v>
+      </c>
+      <c r="C122" t="s">
+        <v>514</v>
+      </c>
+      <c r="D122" t="s">
+        <v>19</v>
+      </c>
+      <c r="E122" t="s">
+        <v>89</v>
+      </c>
+      <c r="F122" t="s">
+        <v>90</v>
+      </c>
+      <c r="G122" t="s">
+        <v>91</v>
+      </c>
+      <c r="H122">
+        <v>2024</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>517</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>528</v>
+      </c>
+      <c r="M122" t="s">
+        <v>519</v>
+      </c>
+      <c r="N122" t="s">
+        <v>26</v>
+      </c>
+      <c r="O122" t="s">
+        <v>529</v>
+      </c>
+      <c r="P122" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>530</v>
+      </c>
+      <c r="B123" t="s">
+        <v>531</v>
+      </c>
+      <c r="C123" t="s">
+        <v>514</v>
+      </c>
+      <c r="D123" t="s">
+        <v>532</v>
+      </c>
+      <c r="E123" t="s">
+        <v>89</v>
+      </c>
+      <c r="F123" t="s">
+        <v>533</v>
+      </c>
+      <c r="G123" t="s">
+        <v>91</v>
+      </c>
+      <c r="H123">
+        <v>2024</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>517</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>534</v>
+      </c>
+      <c r="M123" t="s">
+        <v>519</v>
+      </c>
+      <c r="N123" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
+        <v>535</v>
+      </c>
+      <c r="P123" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>536</v>
+      </c>
+      <c r="B124" t="s">
+        <v>537</v>
+      </c>
+      <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
+        <v>538</v>
+      </c>
+      <c r="E124" t="s">
+        <v>89</v>
+      </c>
+      <c r="F124" t="s">
+        <v>90</v>
+      </c>
+      <c r="G124" t="s">
+        <v>8</v>
+      </c>
+      <c r="H124">
+        <v>2011</v>
+      </c>
+      <c r="I124">
+        <v>2024</v>
+      </c>
+      <c r="J124" t="s">
+        <v>517</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124" t="s">
+        <v>539</v>
+      </c>
+      <c r="M124" t="s">
+        <v>519</v>
+      </c>
+      <c r="N124" t="s">
+        <v>26</v>
+      </c>
+      <c r="O124" t="s">
+        <v>540</v>
+      </c>
+      <c r="P124" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>542</v>
+      </c>
+      <c r="B125" t="s">
+        <v>543</v>
+      </c>
+      <c r="C125" t="s">
+        <v>87</v>
+      </c>
+      <c r="D125" t="s">
+        <v>125</v>
+      </c>
+      <c r="E125" t="s">
         <v>20</v>
       </c>
-      <c r="J119" t="s">
+      <c r="F125" t="s">
+        <v>90</v>
+      </c>
+      <c r="G125" t="s">
+        <v>99</v>
+      </c>
+      <c r="H125">
+        <v>2011</v>
+      </c>
+      <c r="I125">
+        <v>2019</v>
+      </c>
+      <c r="J125" t="s">
+        <v>221</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>544</v>
+      </c>
+      <c r="M125" t="s">
+        <v>94</v>
+      </c>
+      <c r="N125" t="s">
+        <v>26</v>
+      </c>
+      <c r="O125" t="s">
+        <v>545</v>
+      </c>
+      <c r="P125" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>547</v>
+      </c>
+      <c r="B126" t="s">
+        <v>548</v>
+      </c>
+      <c r="C126" t="s">
+        <v>87</v>
+      </c>
+      <c r="D126" t="s">
+        <v>549</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>90</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2015</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>221</v>
+      </c>
+      <c r="K126" t="s">
+        <v>318</v>
+      </c>
+      <c r="L126" t="s">
+        <v>550</v>
+      </c>
+      <c r="M126" t="s">
+        <v>94</v>
+      </c>
+      <c r="N126" t="s">
+        <v>26</v>
+      </c>
+      <c r="O126" t="s">
+        <v>551</v>
+      </c>
+      <c r="P126" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>553</v>
+      </c>
+      <c r="B127" t="s">
+        <v>554</v>
+      </c>
+      <c r="C127" t="s">
+        <v>87</v>
+      </c>
+      <c r="D127" t="s">
+        <v>31</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
         <v>21</v>
       </c>
-      <c r="K119"/>
-      <c r="L119" t="s">
+      <c r="G127" t="s">
         <v>22</v>
       </c>
-      <c r="M119" t="s">
-[...13 lines deleted...]
-      <c r="C120" t="s">
+      <c r="H127">
+        <v>2011</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>221</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>555</v>
+      </c>
+      <c r="M127" t="s">
+        <v>94</v>
+      </c>
+      <c r="N127" t="s">
+        <v>26</v>
+      </c>
+      <c r="O127" t="s">
+        <v>556</v>
+      </c>
+      <c r="P127" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>558</v>
+      </c>
+      <c r="B128" t="s">
+        <v>559</v>
+      </c>
+      <c r="C128" t="s">
+        <v>87</v>
+      </c>
+      <c r="D128" t="s">
+        <v>344</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>90</v>
+      </c>
+      <c r="G128" t="s">
+        <v>99</v>
+      </c>
+      <c r="H128">
+        <v>2013</v>
+      </c>
+      <c r="I128">
+        <v>2016</v>
+      </c>
+      <c r="J128" t="s">
+        <v>221</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>560</v>
+      </c>
+      <c r="M128" t="s">
+        <v>94</v>
+      </c>
+      <c r="N128" t="s">
+        <v>26</v>
+      </c>
+      <c r="O128" t="s">
+        <v>561</v>
+      </c>
+      <c r="P128" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>563</v>
+      </c>
+      <c r="B129" t="s">
+        <v>564</v>
+      </c>
+      <c r="C129" t="s">
+        <v>87</v>
+      </c>
+      <c r="D129" t="s">
+        <v>47</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2014</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>221</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129" t="s">
+        <v>565</v>
+      </c>
+      <c r="M129" t="s">
+        <v>94</v>
+      </c>
+      <c r="N129" t="s">
+        <v>26</v>
+      </c>
+      <c r="O129" t="s">
+        <v>566</v>
+      </c>
+      <c r="P129" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>568</v>
+      </c>
+      <c r="B130" t="s">
+        <v>569</v>
+      </c>
+      <c r="C130" t="s">
+        <v>87</v>
+      </c>
+      <c r="D130" t="s">
+        <v>570</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>90</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2013</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>221</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>571</v>
+      </c>
+      <c r="M130" t="s">
+        <v>94</v>
+      </c>
+      <c r="N130" t="s">
+        <v>572</v>
+      </c>
+      <c r="O130" t="s">
+        <v>573</v>
+      </c>
+      <c r="P130" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>575</v>
+      </c>
+      <c r="B131" t="s">
+        <v>576</v>
+      </c>
+      <c r="C131" t="s">
+        <v>87</v>
+      </c>
+      <c r="D131" t="s">
+        <v>418</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>90</v>
+      </c>
+      <c r="G131" t="s">
+        <v>99</v>
+      </c>
+      <c r="H131">
+        <v>2014</v>
+      </c>
+      <c r="I131">
+        <v>2016</v>
+      </c>
+      <c r="J131" t="s">
+        <v>221</v>
+      </c>
+      <c r="K131" t="s">
+        <v>318</v>
+      </c>
+      <c r="L131" t="s">
+        <v>577</v>
+      </c>
+      <c r="M131" t="s">
+        <v>94</v>
+      </c>
+      <c r="N131" t="s">
+        <v>26</v>
+      </c>
+      <c r="O131" t="s">
+        <v>578</v>
+      </c>
+      <c r="P131" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>580</v>
+      </c>
+      <c r="B132" t="s">
+        <v>581</v>
+      </c>
+      <c r="C132" t="s">
+        <v>87</v>
+      </c>
+      <c r="D132" t="s">
+        <v>88</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>90</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2018</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>221</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" t="s">
+        <v>582</v>
+      </c>
+      <c r="M132" t="s">
+        <v>94</v>
+      </c>
+      <c r="N132" t="s">
+        <v>26</v>
+      </c>
+      <c r="O132" t="s">
+        <v>583</v>
+      </c>
+      <c r="P132" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>585</v>
+      </c>
+      <c r="B133" t="s">
+        <v>586</v>
+      </c>
+      <c r="C133" t="s">
+        <v>87</v>
+      </c>
+      <c r="D133" t="s">
+        <v>59</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>90</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2019</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>221</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>587</v>
+      </c>
+      <c r="M133" t="s">
+        <v>94</v>
+      </c>
+      <c r="N133" t="s">
+        <v>26</v>
+      </c>
+      <c r="O133" t="s">
+        <v>588</v>
+      </c>
+      <c r="P133" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>590</v>
+      </c>
+      <c r="B134" t="s">
+        <v>591</v>
+      </c>
+      <c r="C134" t="s">
+        <v>87</v>
+      </c>
+      <c r="D134" t="s">
+        <v>283</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>90</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2019</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>221</v>
+      </c>
+      <c r="K134" t="s">
+        <v>592</v>
+      </c>
+      <c r="L134" t="s">
+        <v>593</v>
+      </c>
+      <c r="M134" t="s">
+        <v>94</v>
+      </c>
+      <c r="N134" t="s">
+        <v>594</v>
+      </c>
+      <c r="O134" t="s">
+        <v>595</v>
+      </c>
+      <c r="P134" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>597</v>
+      </c>
+      <c r="B135" t="s">
+        <v>598</v>
+      </c>
+      <c r="C135" t="s">
+        <v>87</v>
+      </c>
+      <c r="D135" t="s">
+        <v>106</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>90</v>
+      </c>
+      <c r="G135" t="s">
+        <v>99</v>
+      </c>
+      <c r="H135">
+        <v>2020</v>
+      </c>
+      <c r="I135">
+        <v>2023</v>
+      </c>
+      <c r="J135" t="s">
+        <v>100</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" t="s">
+        <v>599</v>
+      </c>
+      <c r="M135" t="s">
+        <v>94</v>
+      </c>
+      <c r="N135" t="s">
+        <v>26</v>
+      </c>
+      <c r="O135" t="s">
+        <v>600</v>
+      </c>
+      <c r="P135" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>602</v>
+      </c>
+      <c r="B136" t="s">
+        <v>603</v>
+      </c>
+      <c r="C136" t="s">
+        <v>87</v>
+      </c>
+      <c r="D136" t="s">
+        <v>98</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>90</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2020</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>221</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136" t="s">
+        <v>604</v>
+      </c>
+      <c r="M136" t="s">
+        <v>94</v>
+      </c>
+      <c r="N136" t="s">
+        <v>26</v>
+      </c>
+      <c r="O136" t="s">
+        <v>605</v>
+      </c>
+      <c r="P136" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>607</v>
+      </c>
+      <c r="B137" t="s">
+        <v>608</v>
+      </c>
+      <c r="C137" t="s">
+        <v>87</v>
+      </c>
+      <c r="D137" t="s">
+        <v>83</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>90</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>2021</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>221</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>609</v>
+      </c>
+      <c r="M137" t="s">
+        <v>94</v>
+      </c>
+      <c r="N137" t="s">
+        <v>26</v>
+      </c>
+      <c r="O137" t="s">
+        <v>610</v>
+      </c>
+      <c r="P137" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>611</v>
+      </c>
+      <c r="B138" t="s">
+        <v>612</v>
+      </c>
+      <c r="C138" t="s">
+        <v>87</v>
+      </c>
+      <c r="D138" t="s">
+        <v>613</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>90</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2021</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>221</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138" t="s">
+        <v>614</v>
+      </c>
+      <c r="M138" t="s">
+        <v>94</v>
+      </c>
+      <c r="N138" t="s">
+        <v>336</v>
+      </c>
+      <c r="O138" t="s">
+        <v>615</v>
+      </c>
+      <c r="P138" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>617</v>
+      </c>
+      <c r="B139" t="s">
+        <v>618</v>
+      </c>
+      <c r="C139" t="s">
+        <v>87</v>
+      </c>
+      <c r="D139" t="s">
+        <v>613</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>90</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2021</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>221</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>619</v>
+      </c>
+      <c r="M139" t="s">
+        <v>94</v>
+      </c>
+      <c r="N139" t="s">
+        <v>26</v>
+      </c>
+      <c r="O139" t="s">
+        <v>620</v>
+      </c>
+      <c r="P139" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>622</v>
+      </c>
+      <c r="B140" t="s">
+        <v>623</v>
+      </c>
+      <c r="C140" t="s">
+        <v>87</v>
+      </c>
+      <c r="D140" t="s">
+        <v>179</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>90</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2024</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>100</v>
+      </c>
+      <c r="K140" t="s">
+        <v>624</v>
+      </c>
+      <c r="L140" t="s">
+        <v>625</v>
+      </c>
+      <c r="M140" t="s">
+        <v>94</v>
+      </c>
+      <c r="N140" t="s">
+        <v>336</v>
+      </c>
+      <c r="O140" t="s">
+        <v>626</v>
+      </c>
+      <c r="P140" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>628</v>
+      </c>
+      <c r="B141" t="s">
+        <v>629</v>
+      </c>
+      <c r="C141" t="s">
+        <v>87</v>
+      </c>
+      <c r="D141" t="s">
+        <v>630</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>90</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2024</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>100</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141" t="s">
+        <v>631</v>
+      </c>
+      <c r="M141" t="s">
+        <v>632</v>
+      </c>
+      <c r="N141" t="s">
+        <v>26</v>
+      </c>
+      <c r="O141" t="s">
+        <v>633</v>
+      </c>
+      <c r="P141" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>635</v>
+      </c>
+      <c r="B142" t="s">
+        <v>636</v>
+      </c>
+      <c r="C142" t="s">
+        <v>87</v>
+      </c>
+      <c r="D142" t="s">
+        <v>637</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>90</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2024</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>100</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>638</v>
+      </c>
+      <c r="M142" t="s">
+        <v>94</v>
+      </c>
+      <c r="N142" t="s">
+        <v>26</v>
+      </c>
+      <c r="O142" t="s">
+        <v>639</v>
+      </c>
+      <c r="P142" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>641</v>
+      </c>
+      <c r="B143" t="s">
+        <v>642</v>
+      </c>
+      <c r="C143" t="s">
+        <v>87</v>
+      </c>
+      <c r="D143" t="s">
+        <v>340</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>90</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2010</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>221</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143" t="s">
+        <v>643</v>
+      </c>
+      <c r="M143" t="s">
+        <v>94</v>
+      </c>
+      <c r="N143" t="s">
+        <v>26</v>
+      </c>
+      <c r="O143" t="s">
+        <v>644</v>
+      </c>
+      <c r="P143" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>646</v>
+      </c>
+      <c r="B144" t="s">
+        <v>647</v>
+      </c>
+      <c r="C144" t="s">
+        <v>87</v>
+      </c>
+      <c r="D144" t="s">
+        <v>549</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>90</v>
+      </c>
+      <c r="G144" t="s">
+        <v>99</v>
+      </c>
+      <c r="H144">
+        <v>2008</v>
+      </c>
+      <c r="I144">
+        <v>2019</v>
+      </c>
+      <c r="J144" t="s">
+        <v>221</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144" t="s">
+        <v>648</v>
+      </c>
+      <c r="M144" t="s">
+        <v>94</v>
+      </c>
+      <c r="N144" t="s">
+        <v>26</v>
+      </c>
+      <c r="O144" t="s">
+        <v>649</v>
+      </c>
+      <c r="P144" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>651</v>
+      </c>
+      <c r="B145" t="s">
+        <v>652</v>
+      </c>
+      <c r="C145" t="s">
+        <v>87</v>
+      </c>
+      <c r="D145" t="s">
+        <v>443</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>90</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2014</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>221</v>
+      </c>
+      <c r="K145" t="s">
+        <v>236</v>
+      </c>
+      <c r="L145" t="s">
+        <v>653</v>
+      </c>
+      <c r="M145" t="s">
+        <v>94</v>
+      </c>
+      <c r="N145" t="s">
+        <v>26</v>
+      </c>
+      <c r="O145" t="s">
+        <v>654</v>
+      </c>
+      <c r="P145" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>656</v>
+      </c>
+      <c r="B146" t="s">
+        <v>657</v>
+      </c>
+      <c r="C146" t="s">
+        <v>87</v>
+      </c>
+      <c r="D146" t="s">
+        <v>658</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>90</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2021</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>221</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146" t="s">
+        <v>659</v>
+      </c>
+      <c r="M146" t="s">
+        <v>94</v>
+      </c>
+      <c r="N146" t="s">
+        <v>26</v>
+      </c>
+      <c r="O146" t="s">
+        <v>660</v>
+      </c>
+      <c r="P146" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>662</v>
+      </c>
+      <c r="B147" t="s">
+        <v>663</v>
+      </c>
+      <c r="C147" t="s">
+        <v>664</v>
+      </c>
+      <c r="D147" t="s">
+        <v>665</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>90</v>
+      </c>
+      <c r="G147" t="s">
+        <v>91</v>
+      </c>
+      <c r="H147">
+        <v>2025</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>666</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>667</v>
+      </c>
+      <c r="M147" t="s">
+        <v>668</v>
+      </c>
+      <c r="N147" t="s">
+        <v>26</v>
+      </c>
+      <c r="O147" t="s">
+        <v>669</v>
+      </c>
+      <c r="P147" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>671</v>
+      </c>
+      <c r="B148" t="s">
+        <v>672</v>
+      </c>
+      <c r="C148" t="s">
+        <v>87</v>
+      </c>
+      <c r="D148" t="s">
+        <v>673</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>99</v>
+      </c>
+      <c r="H148">
+        <v>2011</v>
+      </c>
+      <c r="I148">
+        <v>2017</v>
+      </c>
+      <c r="J148" t="s">
         <v>378</v>
       </c>
-      <c r="D120" t="s">
-[...2 lines deleted...]
-      <c r="E120" t="s">
+      <c r="K148" t="s">
         <v>379</v>
       </c>
-      <c r="F120" t="s">
-[...14 lines deleted...]
-      <c r="K120" t="s">
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>674</v>
+      </c>
+      <c r="N148" t="s">
         <v>381</v>
       </c>
-      <c r="L120" t="s">
-[...1196 lines deleted...]
-        <v>486</v>
+      <c r="O148" t="s">
+        <v>675</v>
+      </c>
+      <c r="P148" t="s">
+        <v>676</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>