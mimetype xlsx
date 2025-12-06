--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -12,841 +12,1156 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="352">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
-    <t>Non-Directional lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Exhaust Fans</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1110,3025 +1425,3448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N70"/>
+  <dimension ref="A1:P70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="144" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>40</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2009</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>48</v>
+      </c>
+      <c r="P7" t="s">
         <v>28</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-      <c r="E4" t="s">
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2010</v>
       </c>
-      <c r="H4"/>
-[...3 lines deleted...]
-      <c r="J4" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>52</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>56</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5">
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>60</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="H5"/>
-[...3 lines deleted...]
-      <c r="J5" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>63</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-      <c r="L5" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...16 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>67</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6">
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2009</v>
       </c>
-      <c r="H6"/>
-[...3 lines deleted...]
-      <c r="J6" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>70</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-      <c r="L6" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...16 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>73</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7">
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2010</v>
       </c>
-      <c r="H7"/>
-[...3 lines deleted...]
-      <c r="J7" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>76</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-      <c r="L7" t="s">
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...16 lines deleted...]
-      <c r="E8" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>80</v>
+      </c>
+      <c r="P16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...9 lines deleted...]
-      <c r="J8" t="s">
+      <c r="D17" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-      <c r="L8" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="N8" t="s">
-[...16 lines deleted...]
-      <c r="E9" t="s">
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>84</v>
+      </c>
+      <c r="P17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...9 lines deleted...]
-      <c r="J9" t="s">
+      <c r="D18" t="s">
+        <v>87</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-      <c r="L9" t="s">
+      <c r="G18" t="s">
         <v>22</v>
-      </c>
-[...347 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
+        <v>88</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>89</v>
+      </c>
+      <c r="P18" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" t="s">
+        <v>91</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>87</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K18"/>
-      <c r="L18" t="s">
+      <c r="G19" t="s">
         <v>22</v>
       </c>
-      <c r="M18" t="s">
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>88</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>92</v>
+      </c>
+      <c r="P19" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>94</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>88</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>95</v>
+      </c>
+      <c r="P20" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" t="s">
+        <v>96</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>97</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>23</v>
       </c>
-      <c r="N18" t="s">
-[...16 lines deleted...]
-      <c r="E19" t="s">
+      <c r="K21" t="s">
+        <v>98</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>99</v>
+      </c>
+      <c r="P21" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" t="s">
+        <v>101</v>
+      </c>
+      <c r="C22" t="s">
         <v>18</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19">
+      <c r="D22" t="s">
+        <v>102</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>103</v>
+      </c>
+      <c r="H22">
+        <v>1996</v>
+      </c>
+      <c r="I22">
         <v>2012</v>
       </c>
-      <c r="H19"/>
-[...3 lines deleted...]
-      <c r="J19" t="s">
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>104</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>105</v>
+      </c>
+      <c r="P22" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>85</v>
+      </c>
+      <c r="B23" t="s">
+        <v>106</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>102</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K19"/>
-[...3 lines deleted...]
-      <c r="M19" t="s">
+      <c r="G23" t="s">
+        <v>103</v>
+      </c>
+      <c r="H23">
+        <v>1996</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="N19" t="s">
-[...16 lines deleted...]
-      <c r="E20" t="s">
+      <c r="K23" t="s">
+        <v>104</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>107</v>
+      </c>
+      <c r="P23" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>85</v>
+      </c>
+      <c r="B24" t="s">
+        <v>108</v>
+      </c>
+      <c r="C24" t="s">
         <v>18</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20">
+      <c r="D24" t="s">
+        <v>109</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>103</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24">
         <v>2012</v>
       </c>
-      <c r="H20"/>
-[...3 lines deleted...]
-      <c r="J20" t="s">
+      <c r="J24" t="s">
+        <v>88</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>110</v>
+      </c>
+      <c r="P24" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>85</v>
+      </c>
+      <c r="B25" t="s">
+        <v>111</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>87</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K20"/>
-[...3 lines deleted...]
-      <c r="M20" t="s">
+      <c r="G25" t="s">
+        <v>103</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25">
+        <v>2012</v>
+      </c>
+      <c r="J25" t="s">
+        <v>88</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>112</v>
+      </c>
+      <c r="P25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>85</v>
+      </c>
+      <c r="B26" t="s">
+        <v>113</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>114</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>103</v>
+      </c>
+      <c r="H26">
+        <v>2012</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>88</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>115</v>
+      </c>
+      <c r="P26" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>85</v>
+      </c>
+      <c r="B27" t="s">
+        <v>116</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>117</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>103</v>
+      </c>
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
+        <v>2012</v>
+      </c>
+      <c r="J27" t="s">
         <v>23</v>
       </c>
-      <c r="N20" t="s">
-[...16 lines deleted...]
-      <c r="E21" t="s">
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>118</v>
+      </c>
+      <c r="P27" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>85</v>
+      </c>
+      <c r="B28" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" t="s">
         <v>18</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21">
+      <c r="D28" t="s">
+        <v>120</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>103</v>
+      </c>
+      <c r="H28">
+        <v>1996</v>
+      </c>
+      <c r="I28">
         <v>2012</v>
       </c>
-      <c r="H21">
-[...5 lines deleted...]
-      <c r="J21" t="s">
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>121</v>
+      </c>
+      <c r="P28" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>85</v>
+      </c>
+      <c r="B29" t="s">
+        <v>122</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>123</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K21"/>
-[...320 lines deleted...]
-        <v>1996</v>
+      <c r="G29" t="s">
+        <v>103</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
-      <c r="I29" t="s">
-        <v>20</v>
+      <c r="I29">
+        <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>87</v>
-[...4 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>124</v>
+      </c>
+      <c r="O29" t="s">
+        <v>125</v>
+      </c>
+      <c r="P29" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" t="s">
+        <v>127</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>128</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>103</v>
+      </c>
+      <c r="H30">
+        <v>1996</v>
+      </c>
+      <c r="I30">
+        <v>2010</v>
+      </c>
+      <c r="J30" t="s">
         <v>23</v>
       </c>
-      <c r="N29" t="s">
-[...16 lines deleted...]
-      <c r="E30" t="s">
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>129</v>
+      </c>
+      <c r="P30" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>130</v>
+      </c>
+      <c r="B31" t="s">
+        <v>131</v>
+      </c>
+      <c r="C31" t="s">
         <v>18</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30">
+      <c r="D31" t="s">
+        <v>132</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>103</v>
+      </c>
+      <c r="H31">
         <v>1996</v>
       </c>
-      <c r="H30">
+      <c r="I31">
+        <v>2012</v>
+      </c>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>133</v>
+      </c>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>134</v>
+      </c>
+      <c r="P31" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>135</v>
+      </c>
+      <c r="B32" t="s">
+        <v>136</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>102</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>103</v>
+      </c>
+      <c r="H32">
+        <v>1996</v>
+      </c>
+      <c r="I32">
         <v>2010</v>
       </c>
-      <c r="I30" t="s">
-[...2 lines deleted...]
-      <c r="J30" t="s">
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>137</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>138</v>
+      </c>
+      <c r="P32" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>139</v>
+      </c>
+      <c r="B33" t="s">
+        <v>140</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>43</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K30"/>
-[...3 lines deleted...]
-      <c r="M30" t="s">
+      <c r="G33" t="s">
+        <v>103</v>
+      </c>
+      <c r="H33">
+        <v>1996</v>
+      </c>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
         <v>23</v>
       </c>
-      <c r="N30" t="s">
-[...16 lines deleted...]
-      <c r="E31" t="s">
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>141</v>
+      </c>
+      <c r="P33" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>142</v>
+      </c>
+      <c r="B34" t="s">
+        <v>143</v>
+      </c>
+      <c r="C34" t="s">
         <v>18</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31">
+      <c r="D34" t="s">
+        <v>102</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>103</v>
+      </c>
+      <c r="H34">
         <v>1996</v>
       </c>
-      <c r="H31">
+      <c r="I34">
+        <v>2010</v>
+      </c>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>137</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>144</v>
+      </c>
+      <c r="P34" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" t="s">
+        <v>146</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>109</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>103</v>
+      </c>
+      <c r="H35">
+        <v>1996</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
+        <v>88</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>147</v>
+      </c>
+      <c r="P35" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>145</v>
+      </c>
+      <c r="B36" t="s">
+        <v>148</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>149</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>103</v>
+      </c>
+      <c r="H36">
+        <v>1996</v>
+      </c>
+      <c r="I36">
+        <v>2010</v>
+      </c>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>137</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>150</v>
+      </c>
+      <c r="P36" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" t="s">
+        <v>152</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>153</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>103</v>
+      </c>
+      <c r="H37">
+        <v>1996</v>
+      </c>
+      <c r="I37">
+        <v>2010</v>
+      </c>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>25</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>154</v>
+      </c>
+      <c r="P37" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>155</v>
+      </c>
+      <c r="B38" t="s">
+        <v>114</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>114</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>103</v>
+      </c>
+      <c r="H38">
+        <v>1996</v>
+      </c>
+      <c r="I38">
+        <v>2010</v>
+      </c>
+      <c r="J38" t="s">
+        <v>156</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>157</v>
+      </c>
+      <c r="P38" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>159</v>
+      </c>
+      <c r="B39" t="s">
+        <v>160</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>161</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>103</v>
+      </c>
+      <c r="H39">
+        <v>1996</v>
+      </c>
+      <c r="I39">
+        <v>2010</v>
+      </c>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>162</v>
+      </c>
+      <c r="P39" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>163</v>
+      </c>
+      <c r="B40" t="s">
+        <v>164</v>
+      </c>
+      <c r="C40" t="s">
+        <v>165</v>
+      </c>
+      <c r="D40" t="s">
+        <v>166</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>167</v>
+      </c>
+      <c r="G40" t="s">
+        <v>168</v>
+      </c>
+      <c r="H40"/>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>169</v>
+      </c>
+      <c r="K40" t="s">
+        <v>170</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>171</v>
+      </c>
+      <c r="N40" t="s">
+        <v>172</v>
+      </c>
+      <c r="O40" t="s">
+        <v>173</v>
+      </c>
+      <c r="P40" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>175</v>
+      </c>
+      <c r="B41" t="s">
+        <v>176</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>177</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>103</v>
+      </c>
+      <c r="H41">
+        <v>2006</v>
+      </c>
+      <c r="I41">
+        <v>2015</v>
+      </c>
+      <c r="J41" t="s">
+        <v>178</v>
+      </c>
+      <c r="K41" t="s">
+        <v>170</v>
+      </c>
+      <c r="L41" t="s">
+        <v>179</v>
+      </c>
+      <c r="M41" t="s">
+        <v>180</v>
+      </c>
+      <c r="N41" t="s">
+        <v>172</v>
+      </c>
+      <c r="O41" t="s">
+        <v>181</v>
+      </c>
+      <c r="P41" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>183</v>
+      </c>
+      <c r="B42" t="s">
+        <v>184</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>185</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>103</v>
+      </c>
+      <c r="H42">
+        <v>2001</v>
+      </c>
+      <c r="I42">
         <v>2012</v>
       </c>
-      <c r="I31" t="s">
-[...2 lines deleted...]
-      <c r="J31" t="s">
+      <c r="J42" t="s">
+        <v>178</v>
+      </c>
+      <c r="K42" t="s">
+        <v>170</v>
+      </c>
+      <c r="L42" t="s">
+        <v>186</v>
+      </c>
+      <c r="M42" t="s">
+        <v>180</v>
+      </c>
+      <c r="N42" t="s">
+        <v>172</v>
+      </c>
+      <c r="O42" t="s">
+        <v>187</v>
+      </c>
+      <c r="P42" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>189</v>
+      </c>
+      <c r="B43" t="s">
+        <v>190</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>191</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K31" t="s">
-[...25 lines deleted...]
-      <c r="E32" t="s">
+      <c r="G43" t="s">
+        <v>103</v>
+      </c>
+      <c r="H43">
+        <v>1994</v>
+      </c>
+      <c r="I43">
+        <v>2013</v>
+      </c>
+      <c r="J43" t="s">
+        <v>178</v>
+      </c>
+      <c r="K43" t="s">
+        <v>170</v>
+      </c>
+      <c r="L43" t="s">
+        <v>192</v>
+      </c>
+      <c r="M43" t="s">
+        <v>180</v>
+      </c>
+      <c r="N43" t="s">
+        <v>172</v>
+      </c>
+      <c r="O43" t="s">
+        <v>193</v>
+      </c>
+      <c r="P43" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>195</v>
+      </c>
+      <c r="B44" t="s">
+        <v>196</v>
+      </c>
+      <c r="C44" t="s">
         <v>18</v>
       </c>
-      <c r="F32" t="s">
-[...26 lines deleted...]
-      <c r="A33" t="s">
+      <c r="D44" t="s">
+        <v>197</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
         <v>103</v>
       </c>
-      <c r="B33" t="s">
-[...8 lines deleted...]
-      <c r="E33" t="s">
+      <c r="H44">
+        <v>1992</v>
+      </c>
+      <c r="I44">
+        <v>2012</v>
+      </c>
+      <c r="J44" t="s">
+        <v>178</v>
+      </c>
+      <c r="K44" t="s">
+        <v>170</v>
+      </c>
+      <c r="L44" t="s">
+        <v>186</v>
+      </c>
+      <c r="M44" t="s">
+        <v>180</v>
+      </c>
+      <c r="N44" t="s">
+        <v>172</v>
+      </c>
+      <c r="O44" t="s">
+        <v>198</v>
+      </c>
+      <c r="P44" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>200</v>
+      </c>
+      <c r="B45" t="s">
+        <v>201</v>
+      </c>
+      <c r="C45" t="s">
         <v>18</v>
       </c>
-      <c r="F33" t="s">
-[...11 lines deleted...]
-      <c r="J33" t="s">
+      <c r="D45" t="s">
+        <v>202</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K33"/>
-[...496 lines deleted...]
-        <v>2012</v>
+      <c r="G45" t="s">
+        <v>103</v>
       </c>
       <c r="H45">
         <v>2012</v>
       </c>
-      <c r="I45" t="s">
-        <v>20</v>
+      <c r="I45">
+        <v>2012</v>
       </c>
       <c r="J45" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>25</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>203</v>
+      </c>
+      <c r="P45" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>200</v>
+      </c>
+      <c r="B46" t="s">
+        <v>83</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>83</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K45"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G46" t="s">
+        <v>103</v>
       </c>
       <c r="H46">
         <v>2012</v>
       </c>
-      <c r="I46" t="s">
-        <v>20</v>
+      <c r="I46">
+        <v>2012</v>
       </c>
       <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>25</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>205</v>
+      </c>
+      <c r="P46" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>206</v>
+      </c>
+      <c r="B47" t="s">
+        <v>207</v>
+      </c>
+      <c r="C47" t="s">
+        <v>165</v>
+      </c>
+      <c r="D47" t="s">
+        <v>202</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>167</v>
+      </c>
+      <c r="G47" t="s">
+        <v>103</v>
+      </c>
+      <c r="H47">
+        <v>2011</v>
+      </c>
+      <c r="I47">
+        <v>2019</v>
+      </c>
+      <c r="J47" t="s">
+        <v>208</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>209</v>
+      </c>
+      <c r="M47" t="s">
+        <v>210</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>211</v>
+      </c>
+      <c r="P47" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>213</v>
+      </c>
+      <c r="B48" t="s">
+        <v>214</v>
+      </c>
+      <c r="C48" t="s">
+        <v>165</v>
+      </c>
+      <c r="D48" t="s">
+        <v>215</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>167</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2015</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>208</v>
+      </c>
+      <c r="K48" t="s">
+        <v>104</v>
+      </c>
+      <c r="L48" t="s">
+        <v>216</v>
+      </c>
+      <c r="M48" t="s">
+        <v>210</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>217</v>
+      </c>
+      <c r="P48" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>219</v>
+      </c>
+      <c r="B49" t="s">
+        <v>220</v>
+      </c>
+      <c r="C49" t="s">
+        <v>165</v>
+      </c>
+      <c r="D49" t="s">
+        <v>31</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K46"/>
-      <c r="L46" t="s">
+      <c r="G49" t="s">
         <v>22</v>
       </c>
-      <c r="M46" t="s">
-[...25 lines deleted...]
-      <c r="G47">
+      <c r="H49">
         <v>2011</v>
       </c>
-      <c r="H47">
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>208</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>221</v>
+      </c>
+      <c r="M49" t="s">
+        <v>210</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>222</v>
+      </c>
+      <c r="P49" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>224</v>
+      </c>
+      <c r="B50" t="s">
+        <v>225</v>
+      </c>
+      <c r="C50" t="s">
+        <v>165</v>
+      </c>
+      <c r="D50" t="s">
+        <v>132</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>167</v>
+      </c>
+      <c r="G50" t="s">
+        <v>103</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50">
+        <v>2016</v>
+      </c>
+      <c r="J50" t="s">
+        <v>208</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>226</v>
+      </c>
+      <c r="M50" t="s">
+        <v>210</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>227</v>
+      </c>
+      <c r="P50" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>229</v>
+      </c>
+      <c r="B51" t="s">
+        <v>230</v>
+      </c>
+      <c r="C51" t="s">
+        <v>165</v>
+      </c>
+      <c r="D51" t="s">
+        <v>47</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2014</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>208</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>231</v>
+      </c>
+      <c r="M51" t="s">
+        <v>210</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>232</v>
+      </c>
+      <c r="P51" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>234</v>
+      </c>
+      <c r="B52" t="s">
+        <v>235</v>
+      </c>
+      <c r="C52" t="s">
+        <v>165</v>
+      </c>
+      <c r="D52" t="s">
+        <v>236</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>167</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>208</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>237</v>
+      </c>
+      <c r="M52" t="s">
+        <v>210</v>
+      </c>
+      <c r="N52" t="s">
+        <v>238</v>
+      </c>
+      <c r="O52" t="s">
+        <v>239</v>
+      </c>
+      <c r="P52" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>241</v>
+      </c>
+      <c r="B53" t="s">
+        <v>242</v>
+      </c>
+      <c r="C53" t="s">
+        <v>165</v>
+      </c>
+      <c r="D53" t="s">
+        <v>243</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>167</v>
+      </c>
+      <c r="G53" t="s">
+        <v>103</v>
+      </c>
+      <c r="H53">
+        <v>2014</v>
+      </c>
+      <c r="I53">
+        <v>2016</v>
+      </c>
+      <c r="J53" t="s">
+        <v>208</v>
+      </c>
+      <c r="K53" t="s">
+        <v>104</v>
+      </c>
+      <c r="L53" t="s">
+        <v>244</v>
+      </c>
+      <c r="M53" t="s">
+        <v>210</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>245</v>
+      </c>
+      <c r="P53" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>247</v>
+      </c>
+      <c r="B54" t="s">
+        <v>248</v>
+      </c>
+      <c r="C54" t="s">
+        <v>165</v>
+      </c>
+      <c r="D54" t="s">
+        <v>109</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>167</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2018</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>208</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>249</v>
+      </c>
+      <c r="M54" t="s">
+        <v>210</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>250</v>
+      </c>
+      <c r="P54" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>252</v>
+      </c>
+      <c r="B55" t="s">
+        <v>253</v>
+      </c>
+      <c r="C55" t="s">
+        <v>165</v>
+      </c>
+      <c r="D55" t="s">
+        <v>59</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>167</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2019</v>
       </c>
-      <c r="I47" t="s">
-[...2 lines deleted...]
-      <c r="J47" t="s">
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>208</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>254</v>
+      </c>
+      <c r="M55" t="s">
+        <v>210</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>255</v>
+      </c>
+      <c r="P55" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>257</v>
+      </c>
+      <c r="B56" t="s">
+        <v>258</v>
+      </c>
+      <c r="C56" t="s">
+        <v>165</v>
+      </c>
+      <c r="D56" t="s">
+        <v>259</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>167</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2019</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>208</v>
+      </c>
+      <c r="K56" t="s">
+        <v>260</v>
+      </c>
+      <c r="L56" t="s">
+        <v>261</v>
+      </c>
+      <c r="M56" t="s">
+        <v>210</v>
+      </c>
+      <c r="N56" t="s">
+        <v>262</v>
+      </c>
+      <c r="O56" t="s">
+        <v>263</v>
+      </c>
+      <c r="P56" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>265</v>
+      </c>
+      <c r="B57" t="s">
+        <v>266</v>
+      </c>
+      <c r="C57" t="s">
+        <v>165</v>
+      </c>
+      <c r="D57" t="s">
+        <v>267</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>167</v>
+      </c>
+      <c r="G57" t="s">
+        <v>103</v>
+      </c>
+      <c r="H57">
+        <v>2020</v>
+      </c>
+      <c r="I57">
+        <v>2023</v>
+      </c>
+      <c r="J57" t="s">
+        <v>268</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>269</v>
+      </c>
+      <c r="M57" t="s">
+        <v>210</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>270</v>
+      </c>
+      <c r="P57" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>272</v>
+      </c>
+      <c r="B58" t="s">
+        <v>273</v>
+      </c>
+      <c r="C58" t="s">
+        <v>165</v>
+      </c>
+      <c r="D58" t="s">
+        <v>274</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>167</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2020</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>208</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>275</v>
+      </c>
+      <c r="M58" t="s">
+        <v>210</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>276</v>
+      </c>
+      <c r="P58" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>278</v>
+      </c>
+      <c r="B59" t="s">
+        <v>279</v>
+      </c>
+      <c r="C59" t="s">
+        <v>165</v>
+      </c>
+      <c r="D59" t="s">
+        <v>83</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>167</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2021</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>208</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>280</v>
+      </c>
+      <c r="M59" t="s">
+        <v>210</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>281</v>
+      </c>
+      <c r="P59" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>283</v>
+      </c>
+      <c r="B60" t="s">
+        <v>284</v>
+      </c>
+      <c r="C60" t="s">
+        <v>165</v>
+      </c>
+      <c r="D60" t="s">
+        <v>285</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>167</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2021</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>208</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>286</v>
+      </c>
+      <c r="M60" t="s">
+        <v>210</v>
+      </c>
+      <c r="N60" t="s">
+        <v>124</v>
+      </c>
+      <c r="O60" t="s">
+        <v>287</v>
+      </c>
+      <c r="P60" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>289</v>
+      </c>
+      <c r="B61" t="s">
+        <v>290</v>
+      </c>
+      <c r="C61" t="s">
+        <v>165</v>
+      </c>
+      <c r="D61" t="s">
+        <v>285</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>167</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2021</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>208</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>291</v>
+      </c>
+      <c r="M61" t="s">
+        <v>210</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>292</v>
+      </c>
+      <c r="P61" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>294</v>
+      </c>
+      <c r="B62" t="s">
+        <v>295</v>
+      </c>
+      <c r="C62" t="s">
+        <v>165</v>
+      </c>
+      <c r="D62" t="s">
+        <v>102</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>167</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2024</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>268</v>
+      </c>
+      <c r="K62" t="s">
+        <v>296</v>
+      </c>
+      <c r="L62" t="s">
+        <v>297</v>
+      </c>
+      <c r="M62" t="s">
+        <v>210</v>
+      </c>
+      <c r="N62" t="s">
+        <v>124</v>
+      </c>
+      <c r="O62" t="s">
+        <v>298</v>
+      </c>
+      <c r="P62" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>300</v>
+      </c>
+      <c r="B63" t="s">
+        <v>301</v>
+      </c>
+      <c r="C63" t="s">
+        <v>165</v>
+      </c>
+      <c r="D63" t="s">
+        <v>302</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>167</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2024</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>268</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>303</v>
+      </c>
+      <c r="M63" t="s">
+        <v>304</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>305</v>
+      </c>
+      <c r="P63" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>307</v>
+      </c>
+      <c r="B64" t="s">
+        <v>308</v>
+      </c>
+      <c r="C64" t="s">
+        <v>165</v>
+      </c>
+      <c r="D64" t="s">
+        <v>309</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>167</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2024</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>268</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>310</v>
+      </c>
+      <c r="M64" t="s">
+        <v>210</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>311</v>
+      </c>
+      <c r="P64" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>313</v>
+      </c>
+      <c r="B65" t="s">
+        <v>314</v>
+      </c>
+      <c r="C65" t="s">
+        <v>165</v>
+      </c>
+      <c r="D65" t="s">
+        <v>128</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>167</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2010</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>208</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>315</v>
+      </c>
+      <c r="M65" t="s">
+        <v>210</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>316</v>
+      </c>
+      <c r="P65" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>318</v>
+      </c>
+      <c r="B66" t="s">
+        <v>319</v>
+      </c>
+      <c r="C66" t="s">
+        <v>165</v>
+      </c>
+      <c r="D66" t="s">
+        <v>215</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>167</v>
+      </c>
+      <c r="G66" t="s">
+        <v>103</v>
+      </c>
+      <c r="H66">
+        <v>2008</v>
+      </c>
+      <c r="I66">
+        <v>2019</v>
+      </c>
+      <c r="J66" t="s">
+        <v>208</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>320</v>
+      </c>
+      <c r="M66" t="s">
+        <v>210</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>321</v>
+      </c>
+      <c r="P66" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>323</v>
+      </c>
+      <c r="B67" t="s">
+        <v>324</v>
+      </c>
+      <c r="C67" t="s">
+        <v>165</v>
+      </c>
+      <c r="D67" t="s">
+        <v>325</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>167</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2014</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>208</v>
+      </c>
+      <c r="K67" t="s">
+        <v>326</v>
+      </c>
+      <c r="L67" t="s">
+        <v>327</v>
+      </c>
+      <c r="M67" t="s">
+        <v>210</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>328</v>
+      </c>
+      <c r="P67" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>330</v>
+      </c>
+      <c r="B68" t="s">
+        <v>331</v>
+      </c>
+      <c r="C68" t="s">
+        <v>165</v>
+      </c>
+      <c r="D68" t="s">
+        <v>332</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>167</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2021</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>208</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>333</v>
+      </c>
+      <c r="M68" t="s">
+        <v>210</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>334</v>
+      </c>
+      <c r="P68" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>336</v>
+      </c>
+      <c r="B69" t="s">
+        <v>337</v>
+      </c>
+      <c r="C69" t="s">
+        <v>338</v>
+      </c>
+      <c r="D69" t="s">
+        <v>339</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>167</v>
+      </c>
+      <c r="G69" t="s">
+        <v>340</v>
+      </c>
+      <c r="H69">
+        <v>2025</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>341</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>342</v>
+      </c>
+      <c r="M69" t="s">
+        <v>343</v>
+      </c>
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>344</v>
+      </c>
+      <c r="P69" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>346</v>
+      </c>
+      <c r="B70" t="s">
+        <v>347</v>
+      </c>
+      <c r="C70" t="s">
+        <v>165</v>
+      </c>
+      <c r="D70" t="s">
+        <v>348</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
         <v>21</v>
       </c>
-      <c r="K47" t="s">
-[...73 lines deleted...]
-      <c r="G49">
+      <c r="G70" t="s">
+        <v>103</v>
+      </c>
+      <c r="H70">
         <v>2011</v>
       </c>
-      <c r="H49"/>
-[...106 lines deleted...]
-      <c r="A52" t="s">
+      <c r="I70">
+        <v>2017</v>
+      </c>
+      <c r="J70" t="s">
         <v>169</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="K70" t="s">
         <v>170</v>
       </c>
-      <c r="D52" t="s">
-[...24 lines deleted...]
-      <c r="M52" t="s">
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>349</v>
+      </c>
+      <c r="N70" t="s">
         <v>172</v>
       </c>
-      <c r="N52" t="s">
-[...762 lines deleted...]
-        <v>247</v>
+      <c r="O70" t="s">
+        <v>350</v>
+      </c>
+      <c r="P70" t="s">
+        <v>351</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>