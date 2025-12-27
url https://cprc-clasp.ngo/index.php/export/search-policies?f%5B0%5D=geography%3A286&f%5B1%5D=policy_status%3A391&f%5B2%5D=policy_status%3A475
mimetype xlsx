--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -107,63 +107,63 @@
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
-    <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
-    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
 This policy was revised in 2014, 2017 and 2020.</t>