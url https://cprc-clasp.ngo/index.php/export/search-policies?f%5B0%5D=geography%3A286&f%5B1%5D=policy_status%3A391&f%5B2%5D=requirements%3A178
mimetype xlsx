--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,245 +12,288 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -514,413 +557,458 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="103" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="97.833" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>39</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2011</v>
       </c>
-      <c r="H2">
-[...219 lines deleted...]
-      <c r="H7">
+      <c r="I7">
         <v>2017</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>48</v>
-[...4 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>61</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="N7" t="s">
-        <v>51</v>
+        <v>63</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>