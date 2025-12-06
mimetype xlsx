--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,235 +12,269 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -504,319 +538,352 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="80" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="124" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="124.97" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="97.833" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2025</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...21 lines deleted...]
-      <c r="N2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...34 lines deleted...]
-      <c r="M3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
-[...60 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5">
         <v>2011</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2017</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
-        <v>47</v>
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>