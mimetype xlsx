--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,311 +12,382 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -580,623 +651,696 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="570.861" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2024</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
         <v>2023</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2022</v>
+      </c>
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2007</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2025</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2022</v>
+      </c>
+      <c r="J8" t="s">
+        <v>48</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="E9" t="s">
+        <v>71</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="L2" t="s">
+      <c r="G9" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>48</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>72</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>71</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>40</v>
+      </c>
+      <c r="H11">
+        <v>2024</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>33</v>
+      </c>
+      <c r="K11" t="s">
+        <v>83</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>85</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H12">
+        <v>2025</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F3" t="s">
+      <c r="L12" t="s">
+        <v>93</v>
+      </c>
+      <c r="M12" t="s">
+        <v>94</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...407 lines deleted...]
-        <v>73</v>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>