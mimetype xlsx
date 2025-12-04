--- v0 (2025-10-11)
+++ v1 (2025-12-04)
@@ -12,173 +12,186 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -442,193 +455,208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="94" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="831.654" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="87.122" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2024</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>