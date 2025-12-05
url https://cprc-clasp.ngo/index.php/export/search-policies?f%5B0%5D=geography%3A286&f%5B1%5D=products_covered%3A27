--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,167 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,195 +449,210 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="70" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="113" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="372.623" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="58.843" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2009</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>