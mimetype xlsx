--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,167 +12,180 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,193 +449,208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="47" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="93" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="606.281" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="67.127" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2011</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>