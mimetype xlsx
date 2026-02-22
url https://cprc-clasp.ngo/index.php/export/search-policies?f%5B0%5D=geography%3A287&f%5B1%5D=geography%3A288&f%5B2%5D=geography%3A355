--- v0 (2025-12-11)
+++ v1 (2026-02-22)
@@ -2756,51 +2756,51 @@
       </c>
       <c r="P29" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>177</v>
       </c>
       <c r="B30" t="s">
         <v>178</v>
       </c>
       <c r="C30" t="s">
         <v>42</v>
       </c>
       <c r="D30" t="s">
         <v>179</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="H30">
         <v>2021</v>
       </c>
       <c r="I30">
         <v>2024</v>
       </c>
       <c r="J30" t="s">
         <v>180</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
         <v>181</v>
       </c>
       <c r="M30" t="s">
         <v>46</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>182</v>
       </c>