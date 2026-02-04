--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,602 +12,774 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>October 2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
-    <t>Indonesia</t>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
-    <t>Ministry of Energy and Mineral Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MEPS for casement and window air-conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2025)</t>
+  </si>
+  <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
+  </si>
+  <si>
+    <t>MEPS for Televisions (2024/2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
-[...70 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -871,1829 +1043,1890 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N42"/>
+  <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...72 lines deleted...]
-        <v>2015</v>
+      <c r="G4" t="s">
+        <v>42</v>
       </c>
       <c r="H4">
         <v>2023</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...23 lines deleted...]
-      <c r="E5" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5">
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
         <v>2023</v>
       </c>
-      <c r="H5"/>
-[...3 lines deleted...]
-      <c r="J5" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...23 lines deleted...]
-      <c r="E6" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>49</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...5 lines deleted...]
-      <c r="H6">
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8">
         <v>2024</v>
       </c>
-      <c r="I6" t="s">
-[...2 lines deleted...]
-      <c r="J6" t="s">
+      <c r="J8" t="s">
+        <v>43</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>49</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...6 lines deleted...]
-      <c r="N6" t="s">
+      <c r="G9" t="s">
         <v>42</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" t="s">
+      <c r="H9">
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>43</v>
       </c>
-      <c r="B7" t="s">
-[...78 lines deleted...]
-      <c r="A9" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
         <v>49</v>
       </c>
-      <c r="B9" t="s">
-[...8 lines deleted...]
-      <c r="E9" t="s">
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
         <v>51</v>
       </c>
-      <c r="F9" t="s">
-[...23 lines deleted...]
-    <row r="10" spans="1:14">
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E10" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>71</v>
+      </c>
+      <c r="G10" t="s">
+        <v>42</v>
       </c>
       <c r="H10">
         <v>2024</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="E11" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>71</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
         <v>2024</v>
       </c>
-      <c r="H11"/>
-[...2 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="N11" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>79</v>
+      </c>
+      <c r="P11" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="C12" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
       <c r="E12" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>71</v>
+      </c>
+      <c r="G12" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12">
+        <v>2024</v>
+      </c>
+      <c r="J12" t="s">
+        <v>72</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>73</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>86</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2022</v>
+      </c>
+      <c r="J13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" t="s">
+        <v>73</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
+        <v>70</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>86</v>
+      </c>
+      <c r="G14" t="s">
+        <v>42</v>
+      </c>
+      <c r="H14">
         <v>2025</v>
       </c>
-      <c r="H12"/>
-[...36 lines deleted...]
-      <c r="G13">
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>72</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>73</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>93</v>
+      </c>
+      <c r="P14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>86</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2011</v>
       </c>
-      <c r="H13">
-[...40 lines deleted...]
-      <c r="G14">
+      <c r="I15">
         <v>2025</v>
       </c>
-      <c r="H14"/>
-[...24 lines deleted...]
-      <c r="C15" t="s">
+      <c r="J15" t="s">
         <v>72</v>
       </c>
-      <c r="D15" t="s">
-[...11 lines deleted...]
-      <c r="H15">
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>73</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>97</v>
+      </c>
+      <c r="P15" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" t="s">
+        <v>99</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>86</v>
+      </c>
+      <c r="G16" t="s">
+        <v>42</v>
+      </c>
+      <c r="H16">
         <v>2024</v>
       </c>
-      <c r="I15" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>72</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
         <v>73</v>
       </c>
-      <c r="J15" t="s">
-[...54 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>100</v>
+      </c>
+      <c r="P16" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="B17" t="s">
-        <v>15</v>
+        <v>102</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="E17" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>86</v>
+      </c>
+      <c r="G17" t="s">
+        <v>42</v>
       </c>
       <c r="H17">
         <v>2025</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
+        <v>72</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>73</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>104</v>
+      </c>
+      <c r="P17" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>105</v>
+      </c>
+      <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>107</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K17"/>
-[...17 lines deleted...]
-      <c r="C18" t="s">
+      <c r="G18" t="s">
+        <v>42</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>34</v>
       </c>
-      <c r="D18" t="s">
-[...17 lines deleted...]
-      <c r="J18" t="s">
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>108</v>
+      </c>
+      <c r="M18" t="s">
+        <v>109</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>110</v>
+      </c>
+      <c r="P18" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>112</v>
+      </c>
+      <c r="B19" t="s">
+        <v>113</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>62</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K18"/>
-[...33 lines deleted...]
-      </c>
+      <c r="G19" t="s">
+        <v>114</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>115</v>
+      </c>
+      <c r="M19" t="s">
+        <v>109</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>116</v>
+      </c>
+      <c r="P19" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>118</v>
+      </c>
+      <c r="B20" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>120</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K19"/>
-[...17 lines deleted...]
-      <c r="C20" t="s">
+      <c r="G20" t="s">
+        <v>42</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>121</v>
+      </c>
+      <c r="M20" t="s">
+        <v>109</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>122</v>
+      </c>
+      <c r="P20" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>124</v>
+      </c>
+      <c r="B21" t="s">
+        <v>125</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>126</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>42</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>127</v>
+      </c>
+      <c r="P21" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>129</v>
+      </c>
+      <c r="B22" t="s">
+        <v>130</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>48</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22">
+        <v>2018</v>
+      </c>
+      <c r="J22" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>131</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>132</v>
+      </c>
+      <c r="P22" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>134</v>
+      </c>
+      <c r="B23" t="s">
+        <v>135</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>136</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>71</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
+        <v>34</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>137</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>138</v>
+      </c>
+      <c r="P23" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>140</v>
+      </c>
+      <c r="B24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
+        <v>136</v>
+      </c>
+      <c r="E24" t="s">
+        <v>142</v>
+      </c>
+      <c r="F24" t="s">
+        <v>143</v>
+      </c>
+      <c r="G24" t="s">
+        <v>42</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>144</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>145</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>146</v>
+      </c>
+      <c r="P24" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>148</v>
+      </c>
+      <c r="B25" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" t="s">
+        <v>150</v>
+      </c>
+      <c r="E25" t="s">
+        <v>142</v>
+      </c>
+      <c r="F25" t="s">
+        <v>143</v>
+      </c>
+      <c r="G25" t="s">
+        <v>151</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>145</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>152</v>
+      </c>
+      <c r="P25" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>154</v>
+      </c>
+      <c r="B26" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26" t="s">
+        <v>156</v>
+      </c>
+      <c r="E26" t="s">
+        <v>142</v>
+      </c>
+      <c r="F26" t="s">
+        <v>143</v>
+      </c>
+      <c r="G26" t="s">
+        <v>151</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>34</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>145</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>157</v>
+      </c>
+      <c r="P26" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>159</v>
+      </c>
+      <c r="B27" t="s">
+        <v>160</v>
+      </c>
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
+        <v>161</v>
+      </c>
+      <c r="E27" t="s">
+        <v>142</v>
+      </c>
+      <c r="F27" t="s">
+        <v>143</v>
+      </c>
+      <c r="G27" t="s">
+        <v>151</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>34</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>145</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>162</v>
+      </c>
+      <c r="P27" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>164</v>
+      </c>
+      <c r="B28" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28" t="s">
+        <v>32</v>
+      </c>
+      <c r="D28" t="s">
+        <v>166</v>
+      </c>
+      <c r="E28" t="s">
+        <v>142</v>
+      </c>
+      <c r="F28" t="s">
+        <v>143</v>
+      </c>
+      <c r="G28" t="s">
+        <v>151</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>34</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>145</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>167</v>
+      </c>
+      <c r="P28" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>169</v>
+      </c>
+      <c r="B29" t="s">
+        <v>170</v>
+      </c>
+      <c r="C29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" t="s">
+        <v>54</v>
+      </c>
+      <c r="E29" t="s">
+        <v>142</v>
+      </c>
+      <c r="F29" t="s">
+        <v>143</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
+      <c r="J29" t="s">
+        <v>144</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>145</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>171</v>
+      </c>
+      <c r="P29" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>173</v>
+      </c>
+      <c r="B30" t="s">
+        <v>174</v>
+      </c>
+      <c r="C30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" t="s">
+        <v>175</v>
+      </c>
+      <c r="E30" t="s">
+        <v>142</v>
+      </c>
+      <c r="F30" t="s">
+        <v>143</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2012</v>
+      </c>
+      <c r="J30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>145</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>176</v>
+      </c>
+      <c r="P30" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>178</v>
+      </c>
+      <c r="B31" t="s">
+        <v>179</v>
+      </c>
+      <c r="C31" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" t="s">
+        <v>180</v>
+      </c>
+      <c r="E31" t="s">
+        <v>142</v>
+      </c>
+      <c r="F31" t="s">
+        <v>143</v>
+      </c>
+      <c r="G31" t="s">
+        <v>42</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>144</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>145</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>181</v>
+      </c>
+      <c r="P31" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>183</v>
+      </c>
+      <c r="B32" t="s">
+        <v>184</v>
+      </c>
+      <c r="C32" t="s">
+        <v>32</v>
+      </c>
+      <c r="D32" t="s">
+        <v>185</v>
+      </c>
+      <c r="E32" t="s">
+        <v>142</v>
+      </c>
+      <c r="F32" t="s">
+        <v>143</v>
+      </c>
+      <c r="G32" t="s">
+        <v>42</v>
+      </c>
+      <c r="H32">
+        <v>2017</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>186</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>145</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>187</v>
+      </c>
+      <c r="P32" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>189</v>
+      </c>
+      <c r="B33" t="s">
+        <v>190</v>
+      </c>
+      <c r="C33" t="s">
+        <v>32</v>
+      </c>
+      <c r="D33" t="s">
+        <v>191</v>
+      </c>
+      <c r="E33" t="s">
+        <v>142</v>
+      </c>
+      <c r="F33" t="s">
+        <v>143</v>
+      </c>
+      <c r="G33" t="s">
+        <v>42</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>186</v>
+      </c>
+      <c r="K33" t="s">
+        <v>192</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>145</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>193</v>
+      </c>
+      <c r="P33" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>195</v>
+      </c>
+      <c r="B34" t="s">
+        <v>196</v>
+      </c>
+      <c r="C34" t="s">
+        <v>32</v>
+      </c>
+      <c r="D34" t="s">
+        <v>197</v>
+      </c>
+      <c r="E34" t="s">
+        <v>142</v>
+      </c>
+      <c r="F34" t="s">
+        <v>143</v>
+      </c>
+      <c r="G34" t="s">
+        <v>42</v>
+      </c>
+      <c r="H34">
+        <v>2017</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>186</v>
+      </c>
+      <c r="K34" t="s">
+        <v>198</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>145</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>199</v>
+      </c>
+      <c r="P34" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>201</v>
+      </c>
+      <c r="B35" t="s">
+        <v>202</v>
+      </c>
+      <c r="C35" t="s">
+        <v>32</v>
+      </c>
+      <c r="D35" t="s">
+        <v>203</v>
+      </c>
+      <c r="E35" t="s">
+        <v>142</v>
+      </c>
+      <c r="F35" t="s">
+        <v>143</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2017</v>
+      </c>
+      <c r="J35" t="s">
+        <v>186</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>145</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>204</v>
+      </c>
+      <c r="P35" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>206</v>
+      </c>
+      <c r="B36" t="s">
+        <v>207</v>
+      </c>
+      <c r="C36" t="s">
+        <v>32</v>
+      </c>
+      <c r="D36" t="s">
+        <v>208</v>
+      </c>
+      <c r="E36" t="s">
+        <v>142</v>
+      </c>
+      <c r="F36" t="s">
+        <v>143</v>
+      </c>
+      <c r="G36" t="s">
+        <v>42</v>
+      </c>
+      <c r="H36">
+        <v>2017</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>186</v>
+      </c>
+      <c r="K36" t="s">
+        <v>209</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>145</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>210</v>
+      </c>
+      <c r="P36" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>212</v>
+      </c>
+      <c r="B37" t="s">
+        <v>213</v>
+      </c>
+      <c r="C37" t="s">
+        <v>32</v>
+      </c>
+      <c r="D37" t="s">
         <v>62</v>
       </c>
-      <c r="D20" t="s">
-[...344 lines deleted...]
-      <c r="G28">
+      <c r="E37" t="s">
+        <v>142</v>
+      </c>
+      <c r="F37" t="s">
+        <v>143</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2012</v>
       </c>
-      <c r="H28"/>
-[...188 lines deleted...]
-      <c r="G33">
+      <c r="I37">
         <v>2012</v>
       </c>
-      <c r="H33">
-[...108 lines deleted...]
-      <c r="C36" t="s">
+      <c r="J37" t="s">
+        <v>144</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>145</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>214</v>
+      </c>
+      <c r="P37" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>215</v>
+      </c>
+      <c r="B38" t="s">
+        <v>216</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
+        <v>217</v>
+      </c>
+      <c r="E38" t="s">
         <v>142</v>
       </c>
-      <c r="D36" t="s">
-[...8 lines deleted...]
-      <c r="G36">
+      <c r="F38" t="s">
+        <v>143</v>
+      </c>
+      <c r="G38" t="s">
+        <v>42</v>
+      </c>
+      <c r="H38">
         <v>2017</v>
       </c>
-      <c r="H36"/>
-[...18 lines deleted...]
-      <c r="A37" t="s">
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>186</v>
+      </c>
+      <c r="K38" t="s">
+        <v>209</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
         <v>145</v>
       </c>
-      <c r="B37" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="N38" t="s">
-        <v>152</v>
-[...163 lines deleted...]
-        <v>164</v>
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>218</v>
+      </c>
+      <c r="P38" t="s">
+        <v>219</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>