--- v0 (2025-12-11)
+++ v1 (2026-02-12)
@@ -9061,51 +9061,51 @@
       </c>
       <c r="P122" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
         <v>619</v>
       </c>
       <c r="B123" t="s">
         <v>620</v>
       </c>
       <c r="C123" t="s">
         <v>49</v>
       </c>
       <c r="D123" t="s">
         <v>621</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>21</v>
       </c>
       <c r="G123" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="H123">
         <v>2021</v>
       </c>
       <c r="I123">
         <v>2024</v>
       </c>
       <c r="J123" t="s">
         <v>622</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123" t="s">
         <v>623</v>
       </c>
       <c r="M123" t="s">
         <v>52</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
         <v>624</v>
       </c>