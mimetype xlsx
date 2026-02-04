--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,656 +12,527 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
-    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
-[...2 lines deleted...]
-    <t>Room ACs - Stationary ACs</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>Televisions</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
-[...8 lines deleted...]
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
+  </si>
+  <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
+    <t>Portable Fans</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>SNI lEC 60879:2013</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
-[...44 lines deleted...]
-    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
-    <t>TCVN 11848:2021 - Notebook computers</t>
-[...12 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
   </si>
   <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 13371:2021 - Desktop computers</t>
-[...4 lines deleted...]
-  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
-    <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
-[...44 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
   </si>
   <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
-    <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
-[...20 lines deleted...]
-    <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
+    <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
+  </si>
+  <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
-[...16 lines deleted...]
-  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
-    <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
-[...47 lines deleted...]
-    <t>Displays</t>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
+    <t>TCVN 9510:2012 Copiers - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
-[...13 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
+  </si>
+  <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
   </si>
   <si>
-    <t>Vietnam Decision No. 51/2011/QD-TTg</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -925,2211 +796,1092 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N50"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="469.457" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="244.083" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...12 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...5 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
-      </c>
-[...27 lines deleted...]
-        <v>2011</v>
       </c>
       <c r="H4">
         <v>2023</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="N4" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2023</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>40</v>
       </c>
-      <c r="J5" t="s">
-[...3 lines deleted...]
-      <c r="L5" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2025</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>41</v>
       </c>
-      <c r="M5" t="s">
-[...31 lines deleted...]
-      <c r="I6" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>40</v>
       </c>
-      <c r="J6" t="s">
-[...36 lines deleted...]
-      <c r="I7" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>40</v>
       </c>
-      <c r="J7" t="s">
-[...33 lines deleted...]
-        <v>2022</v>
+      <c r="G8" t="s">
+        <v>66</v>
       </c>
       <c r="H8">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I8" t="s">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>60</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>40</v>
       </c>
-      <c r="J8" t="s">
-[...33 lines deleted...]
-        <v>2024</v>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2021</v>
       </c>
-      <c r="I9" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>60</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>40</v>
       </c>
-      <c r="J9" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>58</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>42</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...3 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>83</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N9" t="s">
-[...19 lines deleted...]
-      <c r="F10" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
         <v>19</v>
       </c>
-      <c r="G10">
-[...6 lines deleted...]
-      <c r="J10" t="s">
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...3 lines deleted...]
-      <c r="M10" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>99</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>41</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>104</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>83</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>104</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>83</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>104</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>83</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>115</v>
+      </c>
+      <c r="P17" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>117</v>
+      </c>
+      <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>23</v>
       </c>
-      <c r="N10" t="s">
-[...31 lines deleted...]
-      <c r="J11" t="s">
+      <c r="K18" t="s">
+        <v>120</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>121</v>
+      </c>
+      <c r="P18" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>125</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...38 lines deleted...]
-      <c r="J12" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>83</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>126</v>
+      </c>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...38 lines deleted...]
-      <c r="J13" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>83</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>131</v>
+      </c>
+      <c r="P20" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>98</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...326 lines deleted...]
-        <v>2017</v>
+      <c r="G21" t="s">
+        <v>104</v>
       </c>
       <c r="H21">
         <v>2021</v>
       </c>
-      <c r="I21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="K21" t="s">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>22</v>
+        <v>135</v>
       </c>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N21" t="s">
-        <v>100</v>
-[...465 lines deleted...]
-      <c r="A33" t="s">
         <v>136</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="O21" t="s">
         <v>137</v>
       </c>
-      <c r="D33" t="s">
-[...20 lines deleted...]
-      <c r="K33" t="s">
+      <c r="P21" t="s">
         <v>138</v>
       </c>
-      <c r="L33" t="s">
-[...725 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>