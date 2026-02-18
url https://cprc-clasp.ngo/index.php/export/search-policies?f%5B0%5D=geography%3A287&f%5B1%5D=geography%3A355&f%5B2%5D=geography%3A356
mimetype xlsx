--- v0 (2025-12-11)
+++ v1 (2026-02-18)
@@ -5986,51 +5986,51 @@
       </c>
       <c r="P76" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>339</v>
       </c>
       <c r="B77" t="s">
         <v>340</v>
       </c>
       <c r="C77" t="s">
         <v>32</v>
       </c>
       <c r="D77" t="s">
         <v>341</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H77">
         <v>2021</v>
       </c>
       <c r="I77">
         <v>2024</v>
       </c>
       <c r="J77" t="s">
         <v>342</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
         <v>343</v>
       </c>
       <c r="M77" t="s">
         <v>37</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
         <v>344</v>
       </c>