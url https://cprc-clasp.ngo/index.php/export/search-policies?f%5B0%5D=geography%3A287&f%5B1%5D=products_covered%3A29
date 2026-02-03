--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,212 +12,249 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
-    <t>Indonesia</t>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>August 2025</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
+  </si>
+  <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -481,321 +518,352 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="152" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="454.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2022</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2024</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...14 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="J3" t="s">
-[...96 lines deleted...]
-        <v>40</v>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>