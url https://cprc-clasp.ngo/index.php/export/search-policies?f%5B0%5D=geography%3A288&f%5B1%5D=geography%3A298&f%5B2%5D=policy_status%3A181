--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -12,604 +12,813 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -873,1797 +1082,2046 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N41"/>
+  <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="113" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1979</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...14 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...68 lines deleted...]
-      <c r="G4">
+      <c r="H4">
         <v>2000</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2012</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="N4" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
         <v>42</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1994</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>52</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1992</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2001</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
         <v>43</v>
       </c>
-      <c r="F5" t="s">
-[...14 lines deleted...]
-      <c r="K5" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2011</v>
+      </c>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
         <v>45</v>
       </c>
-      <c r="L5" t="s">
-[...5 lines deleted...]
-      <c r="N5" t="s">
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...12 lines deleted...]
-      <c r="E6" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>84</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
         <v>43</v>
       </c>
-      <c r="F6" t="s">
-[...177 lines deleted...]
-        <v>2006</v>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2006</v>
       </c>
-      <c r="I10" t="s">
-        <v>63</v>
+      <c r="I10">
+        <v>2006</v>
       </c>
       <c r="J10" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="K10" t="s">
+        <v>85</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="N10" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>65</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
-        <v>69</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2006</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2008</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
+        <v>85</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>45</v>
       </c>
       <c r="N11" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>71</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2009</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2011</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
+        <v>80</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>45</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2006</v>
+      </c>
+      <c r="I13">
+        <v>2008</v>
+      </c>
+      <c r="J13" t="s">
+        <v>80</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>45</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2010</v>
+      </c>
+      <c r="J14" t="s">
+        <v>80</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>45</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>105</v>
+      </c>
+      <c r="H15">
+        <v>2006</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>80</v>
+      </c>
+      <c r="K15" t="s">
+        <v>106</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>45</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>105</v>
+      </c>
+      <c r="H16">
+        <v>2025</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>111</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>112</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>32</v>
+      </c>
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
+        <v>111</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>112</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>105</v>
+      </c>
+      <c r="H18">
+        <v>2024</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>111</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>112</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>125</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>105</v>
+      </c>
+      <c r="H19">
+        <v>2025</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>112</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>126</v>
+      </c>
+      <c r="P19" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>41</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...38 lines deleted...]
-      <c r="J13" t="s">
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2022</v>
+      </c>
+      <c r="J20" t="s">
+        <v>129</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>130</v>
+      </c>
+      <c r="M20" t="s">
+        <v>112</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>131</v>
+      </c>
+      <c r="P20" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C21" t="s">
+        <v>32</v>
+      </c>
+      <c r="D21" t="s">
+        <v>110</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K13"/>
-[...38 lines deleted...]
-      <c r="J14" t="s">
+      <c r="G21" t="s">
+        <v>105</v>
+      </c>
+      <c r="H21">
+        <v>2025</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>111</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>112</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>135</v>
+      </c>
+      <c r="P21" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B22" t="s">
+        <v>138</v>
+      </c>
+      <c r="C22" t="s">
+        <v>32</v>
+      </c>
+      <c r="D22" t="s">
+        <v>139</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K14"/>
-[...69 lines deleted...]
-      <c r="G16">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2022</v>
+      </c>
+      <c r="J22" t="s">
+        <v>129</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M22" t="s">
+        <v>112</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>141</v>
+      </c>
+      <c r="P22" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>142</v>
+      </c>
+      <c r="B23" t="s">
+        <v>143</v>
+      </c>
+      <c r="C23" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" t="s">
+        <v>139</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23">
         <v>2025</v>
       </c>
-      <c r="H16"/>
-[...3 lines deleted...]
-      <c r="J16" t="s">
+      <c r="J23" t="s">
+        <v>111</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>112</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>144</v>
+      </c>
+      <c r="P23" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>145</v>
+      </c>
+      <c r="B24" t="s">
+        <v>146</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
+        <v>41</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K16"/>
-[...38 lines deleted...]
-      <c r="J17" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2025</v>
+      </c>
+      <c r="J24" t="s">
+        <v>111</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>112</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>148</v>
+      </c>
+      <c r="B25" t="s">
+        <v>149</v>
+      </c>
+      <c r="C25" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" t="s">
+        <v>150</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K17"/>
-[...36 lines deleted...]
-      <c r="J18" t="s">
+      <c r="G25" t="s">
+        <v>105</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>111</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>112</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>151</v>
+      </c>
+      <c r="P25" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>152</v>
+      </c>
+      <c r="B26" t="s">
+        <v>153</v>
+      </c>
+      <c r="C26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26" t="s">
+        <v>125</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K18"/>
-[...29 lines deleted...]
-      <c r="G19">
+      <c r="G26" t="s">
+        <v>105</v>
+      </c>
+      <c r="H26">
         <v>2025</v>
       </c>
-      <c r="H19"/>
-[...102 lines deleted...]
-      <c r="A22" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>111</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>112</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>154</v>
+      </c>
+      <c r="P26" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
+        <v>157</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>52</v>
+      </c>
+      <c r="G27" t="s">
         <v>105</v>
       </c>
-      <c r="B22" t="s">
-[...220 lines deleted...]
-      <c r="G27">
+      <c r="H27">
         <v>2012</v>
       </c>
-      <c r="H27"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N27" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>160</v>
+      </c>
+      <c r="P27" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>124</v>
+        <v>162</v>
       </c>
       <c r="B28" t="s">
-        <v>27</v>
+        <v>163</v>
       </c>
       <c r="C28" t="s">
-        <v>125</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>35</v>
+        <v>164</v>
       </c>
       <c r="E28" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F28" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="G28"/>
+        <v>52</v>
+      </c>
+      <c r="G28" t="s">
+        <v>165</v>
+      </c>
       <c r="H28"/>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N28" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>166</v>
+      </c>
+      <c r="P28" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>128</v>
+        <v>168</v>
       </c>
       <c r="B29" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="C29" t="s">
-        <v>129</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>35</v>
+        <v>170</v>
       </c>
       <c r="E29" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F29" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="G29"/>
+        <v>52</v>
+      </c>
+      <c r="G29" t="s">
+        <v>165</v>
+      </c>
       <c r="H29"/>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N29" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>171</v>
+      </c>
+      <c r="P29" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>131</v>
+        <v>173</v>
       </c>
       <c r="B30" t="s">
-        <v>27</v>
+        <v>174</v>
       </c>
       <c r="C30" t="s">
-        <v>132</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>35</v>
+        <v>175</v>
       </c>
       <c r="E30" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F30" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="G30"/>
+        <v>52</v>
+      </c>
+      <c r="G30" t="s">
+        <v>165</v>
+      </c>
       <c r="H30"/>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N30" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>176</v>
+      </c>
+      <c r="P30" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>134</v>
+        <v>178</v>
       </c>
       <c r="B31" t="s">
-        <v>27</v>
+        <v>179</v>
       </c>
       <c r="C31" t="s">
-        <v>135</v>
+        <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>35</v>
+        <v>180</v>
       </c>
       <c r="E31" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F31" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="G31"/>
+        <v>52</v>
+      </c>
+      <c r="G31" t="s">
+        <v>165</v>
+      </c>
       <c r="H31"/>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N31" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>181</v>
+      </c>
+      <c r="P31" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>137</v>
+        <v>183</v>
       </c>
       <c r="B32" t="s">
-        <v>27</v>
+        <v>184</v>
       </c>
       <c r="C32" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>35</v>
+        <v>150</v>
       </c>
       <c r="E32" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>52</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
-      <c r="I32" t="s">
-        <v>121</v>
+      <c r="I32">
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N32" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>139</v>
+        <v>187</v>
       </c>
       <c r="B33" t="s">
-        <v>27</v>
+        <v>188</v>
       </c>
       <c r="C33" t="s">
-        <v>140</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>35</v>
+        <v>189</v>
       </c>
       <c r="E33" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>52</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
-      <c r="I33" t="s">
-        <v>121</v>
+      <c r="I33">
+        <v>2012</v>
       </c>
       <c r="J33" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N33" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>190</v>
+      </c>
+      <c r="P33" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>142</v>
+        <v>192</v>
       </c>
       <c r="B34" t="s">
-        <v>27</v>
+        <v>193</v>
       </c>
       <c r="C34" t="s">
-        <v>143</v>
+        <v>32</v>
       </c>
       <c r="D34" t="s">
-        <v>35</v>
+        <v>194</v>
       </c>
       <c r="E34" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F34" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>52</v>
+      </c>
+      <c r="G34" t="s">
+        <v>105</v>
+      </c>
+      <c r="H34">
         <v>2013</v>
       </c>
-      <c r="H34"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N34" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>195</v>
+      </c>
+      <c r="P34" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>145</v>
+        <v>197</v>
       </c>
       <c r="B35" t="s">
-        <v>27</v>
+        <v>198</v>
       </c>
       <c r="C35" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
       <c r="D35" t="s">
-        <v>35</v>
+        <v>199</v>
       </c>
       <c r="E35" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F35" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>52</v>
+      </c>
+      <c r="G35" t="s">
+        <v>105</v>
+      </c>
+      <c r="H35">
         <v>2017</v>
       </c>
-      <c r="H35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N35" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>201</v>
+      </c>
+      <c r="P35" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>149</v>
+        <v>203</v>
       </c>
       <c r="B36" t="s">
-        <v>27</v>
+        <v>204</v>
       </c>
       <c r="C36" t="s">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="D36" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="E36" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F36" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>52</v>
+      </c>
+      <c r="G36" t="s">
+        <v>105</v>
+      </c>
+      <c r="H36">
         <v>2017</v>
       </c>
-      <c r="H36"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="K36" t="s">
+        <v>85</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N36" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>205</v>
+      </c>
+      <c r="P36" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>151</v>
+        <v>207</v>
       </c>
       <c r="B37" t="s">
-        <v>27</v>
+        <v>208</v>
       </c>
       <c r="C37" t="s">
-        <v>152</v>
+        <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>35</v>
+        <v>209</v>
       </c>
       <c r="E37" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F37" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>52</v>
+      </c>
+      <c r="G37" t="s">
+        <v>105</v>
+      </c>
+      <c r="H37">
         <v>2017</v>
       </c>
-      <c r="H37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>153</v>
-[...4 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="K37" t="s">
+        <v>210</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N37" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>211</v>
+      </c>
+      <c r="P37" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>155</v>
+        <v>213</v>
       </c>
       <c r="B38" t="s">
-        <v>27</v>
+        <v>214</v>
       </c>
       <c r="C38" t="s">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="D38" t="s">
-        <v>35</v>
+        <v>215</v>
       </c>
       <c r="E38" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>52</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2012</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2017</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N38" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>216</v>
+      </c>
+      <c r="P38" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>218</v>
       </c>
       <c r="B39" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="C39" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" t="s">
+        <v>220</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>52</v>
+      </c>
+      <c r="G39" t="s">
+        <v>105</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>200</v>
+      </c>
+      <c r="K39" t="s">
+        <v>221</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
         <v>159</v>
       </c>
-      <c r="D39" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="N39" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>222</v>
+      </c>
+      <c r="P39" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>162</v>
+        <v>224</v>
       </c>
       <c r="B40" t="s">
-        <v>27</v>
+        <v>225</v>
       </c>
       <c r="C40" t="s">
-        <v>106</v>
+        <v>32</v>
       </c>
       <c r="D40" t="s">
-        <v>35</v>
+        <v>139</v>
       </c>
       <c r="E40" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>52</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
-      <c r="I40" t="s">
-        <v>121</v>
+      <c r="I40">
+        <v>2012</v>
       </c>
       <c r="J40" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N40" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>226</v>
+      </c>
+      <c r="P40" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="B41" t="s">
-        <v>27</v>
+        <v>228</v>
       </c>
       <c r="C41" t="s">
-        <v>165</v>
+        <v>32</v>
       </c>
       <c r="D41" t="s">
-        <v>35</v>
+        <v>229</v>
       </c>
       <c r="E41" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F41" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>52</v>
+      </c>
+      <c r="G41" t="s">
+        <v>105</v>
+      </c>
+      <c r="H41">
         <v>2017</v>
       </c>
-      <c r="H41"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>160</v>
-[...4 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="K41" t="s">
+        <v>221</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>159</v>
       </c>
       <c r="N41" t="s">
-        <v>166</v>
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>230</v>
+      </c>
+      <c r="P41" t="s">
+        <v>231</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>