--- v1 (2025-12-05)
+++ v2 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -356,411 +356,372 @@
   <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
     <t>Space heaters using gas or oil for fuel</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
-[...2 lines deleted...]
-    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+    <t>MEPS for casement and window air-conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>MEPS for Split Type Air-Conditioners (2025)</t>
+  </si>
+  <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
+  </si>
+  <si>
+    <t>MEPS for Televisions (2024/2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
-[...44 lines deleted...]
-- “AEC” means Annual Energy Consumption.</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: CFLs</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Singapore Environment Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Hand Dryers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Entered into force</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Personal Computers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
+  </si>
+  <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
+    <t>Other-Electronics</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Coffee Machine</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Dishwashers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Electric Kettles</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
+  </si>
+  <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: LEDs</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Small-Solar Powered Electronics</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...256 lines deleted...]
-    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
     <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1082,51 +1043,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P41"/>
+  <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1859,51 +1820,51 @@
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>108</v>
       </c>
       <c r="B16" t="s">
         <v>109</v>
       </c>
       <c r="C16" t="s">
         <v>32</v>
       </c>
       <c r="D16" t="s">
         <v>110</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>105</v>
       </c>
       <c r="H16">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>111</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>112</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>113</v>
       </c>
       <c r="P16" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>115</v>
@@ -1952,1140 +1913,998 @@
         <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>119</v>
       </c>
       <c r="B18" t="s">
         <v>120</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
         <v>121</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" t="s">
         <v>105</v>
       </c>
-      <c r="H18">
+      <c r="H18"/>
+      <c r="I18">
         <v>2024</v>
       </c>
-      <c r="I18"/>
       <c r="J18" t="s">
         <v>111</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>112</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
         <v>122</v>
       </c>
       <c r="P18" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>123</v>
       </c>
       <c r="B19" t="s">
         <v>124</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>125</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>2011</v>
+      </c>
+      <c r="I19">
+        <v>2022</v>
+      </c>
       <c r="J19" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>126</v>
+      </c>
       <c r="M19" t="s">
         <v>112</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P19" t="s">
-        <v>114</v>
+        <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B20" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C20" t="s">
         <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>110</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="H20">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>129</v>
+        <v>111</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
         <v>112</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>131</v>
       </c>
       <c r="P20" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>133</v>
       </c>
       <c r="B21" t="s">
         <v>134</v>
       </c>
       <c r="C21" t="s">
         <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>110</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
         <v>2025</v>
       </c>
-      <c r="I21"/>
       <c r="J21" t="s">
         <v>111</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>112</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>135</v>
       </c>
       <c r="P21" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>136</v>
+      </c>
+      <c r="B22" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C22" t="s">
         <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="H22">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>129</v>
+        <v>111</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
         <v>112</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="P22" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B23" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C23" t="s">
         <v>32</v>
       </c>
       <c r="D23" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="H23">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I23">
         <v>2025</v>
       </c>
+      <c r="I23"/>
       <c r="J23" t="s">
         <v>111</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>112</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="P23" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>144</v>
+      </c>
+      <c r="B24" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C24" t="s">
         <v>32</v>
       </c>
       <c r="D24" t="s">
-        <v>41</v>
+        <v>146</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="H24">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>111</v>
+        <v>147</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>112</v>
+        <v>148</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="P24" t="s">
-        <v>132</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B25" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C25" t="s">
         <v>32</v>
       </c>
       <c r="D25" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="E25" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G25" t="s">
-        <v>105</v>
+        <v>154</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>111</v>
+        <v>23</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>112</v>
+        <v>148</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="P25" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B26" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C26" t="s">
         <v>32</v>
       </c>
       <c r="D26" t="s">
-        <v>125</v>
+        <v>159</v>
       </c>
       <c r="E26" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G26" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>111</v>
+        <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>112</v>
+        <v>148</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="P26" t="s">
-        <v>136</v>
+        <v>161</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B27" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="C27" t="s">
         <v>32</v>
       </c>
       <c r="D27" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="E27" t="s">
         <v>42</v>
       </c>
       <c r="F27" t="s">
         <v>52</v>
       </c>
       <c r="G27" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="H27"/>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>158</v>
+        <v>23</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="P27" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="B28" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C28" t="s">
         <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="E28" t="s">
         <v>42</v>
       </c>
       <c r="F28" t="s">
         <v>52</v>
       </c>
       <c r="G28" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="P28" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B29" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C29" t="s">
         <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>170</v>
+        <v>138</v>
       </c>
       <c r="E29" t="s">
         <v>42</v>
       </c>
       <c r="F29" t="s">
         <v>52</v>
       </c>
       <c r="G29" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-      <c r="I29"/>
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
       <c r="J29" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="P29" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B30" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C30" t="s">
         <v>32</v>
       </c>
       <c r="D30" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E30" t="s">
         <v>42</v>
       </c>
       <c r="F30" t="s">
         <v>52</v>
       </c>
       <c r="G30" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-      <c r="I30"/>
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30">
+        <v>2012</v>
+      </c>
       <c r="J30" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="P30" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="B31" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C31" t="s">
         <v>32</v>
       </c>
       <c r="D31" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E31" t="s">
         <v>42</v>
       </c>
       <c r="F31" t="s">
         <v>52</v>
       </c>
       <c r="G31" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="H31"/>
+        <v>105</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>23</v>
+        <v>147</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="P31" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B32" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>150</v>
+        <v>188</v>
       </c>
       <c r="E32" t="s">
         <v>42</v>
       </c>
       <c r="F32" t="s">
         <v>52</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="H32">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>158</v>
+        <v>189</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="P32" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="B33" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="C33" t="s">
         <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>189</v>
+        <v>84</v>
       </c>
       <c r="E33" t="s">
         <v>42</v>
       </c>
       <c r="F33" t="s">
         <v>52</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="H33">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>158</v>
+        <v>189</v>
       </c>
       <c r="K33" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="P33" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B34" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="C34" t="s">
         <v>32</v>
       </c>
       <c r="D34" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="E34" t="s">
         <v>42</v>
       </c>
       <c r="F34" t="s">
         <v>52</v>
       </c>
       <c r="G34" t="s">
         <v>105</v>
       </c>
       <c r="H34">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>158</v>
+        <v>189</v>
       </c>
       <c r="K34" t="s">
-        <v>24</v>
+        <v>199</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="P34" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="B35" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C35" t="s">
         <v>32</v>
       </c>
       <c r="D35" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
         <v>52</v>
       </c>
       <c r="G35" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
         <v>2017</v>
       </c>
-      <c r="I35"/>
       <c r="J35" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="P35" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="B36" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C36" t="s">
         <v>32</v>
       </c>
       <c r="D36" t="s">
-        <v>84</v>
+        <v>209</v>
       </c>
       <c r="E36" t="s">
         <v>42</v>
       </c>
       <c r="F36" t="s">
         <v>52</v>
       </c>
       <c r="G36" t="s">
         <v>105</v>
       </c>
       <c r="H36">
         <v>2017</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="K36" t="s">
-        <v>85</v>
+        <v>210</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="P36" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="B37" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="C37" t="s">
         <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="E37" t="s">
         <v>42</v>
       </c>
       <c r="F37" t="s">
         <v>52</v>
       </c>
       <c r="G37" t="s">
-        <v>105</v>
+        <v>22</v>
       </c>
       <c r="H37">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I37"/>
+        <v>2012</v>
+      </c>
+      <c r="I37">
+        <v>2012</v>
+      </c>
       <c r="J37" t="s">
-        <v>200</v>
+        <v>147</v>
       </c>
       <c r="K37" t="s">
-        <v>210</v>
+        <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="P37" t="s">
-        <v>212</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B38" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C38" t="s">
         <v>32</v>
       </c>
       <c r="D38" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="E38" t="s">
         <v>42</v>
       </c>
       <c r="F38" t="s">
         <v>52</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="H38">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I38">
         <v>2017</v>
       </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="K38" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="P38" t="s">
-        <v>217</v>
-[...31 lines deleted...]
-      <c r="K39" t="s">
         <v>221</v>
-      </c>
-[...105 lines deleted...]
-        <v>231</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">