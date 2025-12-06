--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,547 +12,678 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
+  </si>
+  <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -816,1581 +947,1788 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N34"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="170" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="170.958" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="527.157" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1979</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...20 lines deleted...]
-      <c r="M2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
+        <v>2012</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...24 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1994</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1992</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2011</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...14 lines deleted...]
-      <c r="K4" t="s">
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
         <v>38</v>
       </c>
-      <c r="L4" t="s">
-[...183 lines deleted...]
-    <row r="9" spans="1:14">
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2006</v>
       </c>
-      <c r="I9" t="s">
-        <v>56</v>
+      <c r="I9">
+        <v>2006</v>
       </c>
       <c r="J9" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>76</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2006</v>
+      </c>
+      <c r="I10">
+        <v>2008</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>76</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
+        <v>2011</v>
+      </c>
+      <c r="J11" t="s">
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-[...22 lines deleted...]
-      <c r="G10">
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>36</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2006</v>
       </c>
-      <c r="H10">
+      <c r="I12">
         <v>2008</v>
       </c>
-      <c r="I10" t="s">
-[...9 lines deleted...]
-      <c r="M10" t="s">
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...10 lines deleted...]
-      <c r="C11" t="s">
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>36</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>36</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>95</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>97</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1998</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
+        <v>98</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
+        <v>100</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>97</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>98</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>100</v>
+      </c>
+      <c r="N15" t="s">
+        <v>107</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>95</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>97</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2002</v>
+      </c>
+      <c r="I16">
+        <v>2008</v>
+      </c>
+      <c r="J16" t="s">
+        <v>98</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>100</v>
+      </c>
+      <c r="N16" t="s">
+        <v>107</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>95</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2006</v>
+      </c>
+      <c r="J17" t="s">
+        <v>98</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>100</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>118</v>
+      </c>
+      <c r="B18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C18" t="s">
+        <v>95</v>
+      </c>
+      <c r="D18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>97</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2007</v>
+      </c>
+      <c r="I18">
+        <v>2012</v>
+      </c>
+      <c r="J18" t="s">
+        <v>98</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>121</v>
+      </c>
+      <c r="M18" t="s">
+        <v>100</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>95</v>
+      </c>
+      <c r="D19" t="s">
         <v>65</v>
       </c>
-      <c r="D11" t="s">
-[...24 lines deleted...]
-      <c r="M11" t="s">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>97</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2010</v>
+      </c>
+      <c r="J19" t="s">
+        <v>98</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...38 lines deleted...]
-      <c r="M12" t="s">
+      <c r="L19" t="s">
+        <v>125</v>
+      </c>
+      <c r="M19" t="s">
+        <v>100</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>126</v>
+      </c>
+      <c r="P19" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>95</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>97</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>98</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...184 lines deleted...]
-      <c r="C17" t="s">
+      <c r="L20" t="s">
+        <v>130</v>
+      </c>
+      <c r="M20" t="s">
+        <v>100</v>
+      </c>
+      <c r="N20" t="s">
         <v>27</v>
       </c>
-      <c r="D17" t="s">
-[...64 lines deleted...]
-      <c r="K18" t="s">
+      <c r="O20" t="s">
+        <v>131</v>
+      </c>
+      <c r="P20" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>132</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
         <v>95</v>
       </c>
-      <c r="L18" t="s">
-[...106 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>134</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2002</v>
       </c>
-      <c r="I21" t="s">
-        <v>77</v>
+      <c r="I21">
+        <v>2002</v>
       </c>
       <c r="J21" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="K21" t="s">
-        <v>106</v>
+        <v>76</v>
       </c>
       <c r="L21" t="s">
-        <v>79</v>
+        <v>135</v>
       </c>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>136</v>
+      </c>
+      <c r="P21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B22" t="s">
+        <v>138</v>
+      </c>
+      <c r="C22" t="s">
+        <v>95</v>
+      </c>
+      <c r="D22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1998</v>
+      </c>
+      <c r="I22">
+        <v>2009</v>
+      </c>
+      <c r="J22" t="s">
+        <v>98</v>
+      </c>
+      <c r="K22" t="s">
+        <v>76</v>
+      </c>
+      <c r="L22" t="s">
+        <v>139</v>
+      </c>
+      <c r="M22" t="s">
+        <v>100</v>
+      </c>
+      <c r="N22" t="s">
         <v>107</v>
       </c>
-    </row>
-[...44 lines deleted...]
-    <row r="23" spans="1:14">
+      <c r="O22" t="s">
+        <v>140</v>
+      </c>
+      <c r="P22" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>111</v>
+        <v>141</v>
       </c>
       <c r="B23" t="s">
-        <v>74</v>
+        <v>142</v>
       </c>
       <c r="C23" t="s">
-        <v>112</v>
+        <v>95</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
-      <c r="I23" t="s">
-        <v>77</v>
+      <c r="I23">
+        <v>2012</v>
       </c>
       <c r="J23" t="s">
+        <v>98</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>144</v>
+      </c>
+      <c r="M23" t="s">
+        <v>100</v>
+      </c>
+      <c r="N23" t="s">
+        <v>107</v>
+      </c>
+      <c r="O23" t="s">
+        <v>145</v>
+      </c>
+      <c r="P23" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>146</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>95</v>
+      </c>
+      <c r="D24" t="s">
+        <v>134</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>97</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>148</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>149</v>
+      </c>
+      <c r="M24" t="s">
+        <v>100</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>150</v>
+      </c>
+      <c r="P24" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>151</v>
+      </c>
+      <c r="B25" t="s">
+        <v>152</v>
+      </c>
+      <c r="C25" t="s">
+        <v>95</v>
+      </c>
+      <c r="D25" t="s">
+        <v>134</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K23" t="s">
-[...25 lines deleted...]
-      <c r="E24" t="s">
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>98</v>
+      </c>
+      <c r="K25" t="s">
         <v>76</v>
       </c>
-      <c r="F24" t="s">
-[...61 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="N25" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>121</v>
+        <v>154</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>155</v>
       </c>
       <c r="C26" t="s">
-        <v>122</v>
+        <v>95</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>156</v>
       </c>
       <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>97</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26">
+        <v>2010</v>
+      </c>
+      <c r="J26" t="s">
+        <v>98</v>
+      </c>
+      <c r="K26" t="s">
         <v>76</v>
       </c>
-      <c r="F26" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L26" t="s">
-        <v>79</v>
+        <v>157</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="N26" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>158</v>
+      </c>
+      <c r="P26" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>125</v>
+        <v>159</v>
       </c>
       <c r="B27" t="s">
-        <v>74</v>
+        <v>160</v>
       </c>
       <c r="C27" t="s">
-        <v>126</v>
+        <v>95</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E27" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>97</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2002</v>
       </c>
-      <c r="I27" t="s">
-        <v>77</v>
+      <c r="I27">
+        <v>2002</v>
       </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="K27" t="s">
-        <v>127</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>79</v>
+        <v>162</v>
       </c>
       <c r="M27" t="s">
+        <v>100</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>163</v>
+      </c>
+      <c r="P27" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>164</v>
+      </c>
+      <c r="B28" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28" t="s">
+        <v>95</v>
+      </c>
+      <c r="D28" t="s">
+        <v>166</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>97</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1999</v>
+      </c>
+      <c r="I28">
+        <v>2009</v>
+      </c>
+      <c r="J28" t="s">
+        <v>98</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N27" t="s">
-[...16 lines deleted...]
-      <c r="E28" t="s">
+      <c r="L28" t="s">
+        <v>167</v>
+      </c>
+      <c r="M28" t="s">
+        <v>100</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>168</v>
+      </c>
+      <c r="P28" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>169</v>
+      </c>
+      <c r="B29" t="s">
+        <v>170</v>
+      </c>
+      <c r="C29" t="s">
+        <v>95</v>
+      </c>
+      <c r="D29" t="s">
+        <v>134</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2010</v>
+      </c>
+      <c r="J29" t="s">
+        <v>98</v>
+      </c>
+      <c r="K29" t="s">
         <v>76</v>
       </c>
-      <c r="F28" t="s">
-[...20 lines deleted...]
-      <c r="M28" t="s">
+      <c r="L29" t="s">
+        <v>171</v>
+      </c>
+      <c r="M29" t="s">
+        <v>100</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>172</v>
+      </c>
+      <c r="P29" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>173</v>
+      </c>
+      <c r="B30" t="s">
+        <v>174</v>
+      </c>
+      <c r="C30" t="s">
+        <v>95</v>
+      </c>
+      <c r="D30" t="s">
+        <v>134</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2002</v>
+      </c>
+      <c r="I30">
+        <v>2012</v>
+      </c>
+      <c r="J30" t="s">
+        <v>98</v>
+      </c>
+      <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="N28" t="s">
-[...81 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="N30" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>175</v>
+      </c>
+      <c r="P30" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>138</v>
+        <v>176</v>
       </c>
       <c r="B31" t="s">
-        <v>74</v>
+        <v>177</v>
       </c>
       <c r="C31" t="s">
-        <v>139</v>
+        <v>95</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
       <c r="E31" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>97</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2002</v>
       </c>
-      <c r="I31" t="s">
-        <v>77</v>
+      <c r="I31">
+        <v>2002</v>
       </c>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="K31" t="s">
-        <v>140</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>79</v>
+        <v>179</v>
       </c>
       <c r="M31" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="N31" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>107</v>
+      </c>
+      <c r="O31" t="s">
+        <v>180</v>
+      </c>
+      <c r="P31" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="B32" t="s">
-        <v>74</v>
+        <v>182</v>
       </c>
       <c r="C32" t="s">
-        <v>143</v>
+        <v>95</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>183</v>
       </c>
       <c r="E32" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>97</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
-      <c r="I32" t="s">
-        <v>77</v>
+      <c r="I32">
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="K32" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>79</v>
+        <v>184</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="N32" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>146</v>
+        <v>186</v>
       </c>
       <c r="B33" t="s">
-        <v>74</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
-        <v>147</v>
+        <v>95</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
       <c r="E33" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>97</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
-      <c r="I33" t="s">
-        <v>77</v>
+      <c r="I33">
+        <v>2012</v>
       </c>
       <c r="J33" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="N33" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>189</v>
+      </c>
+      <c r="P33" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="B34" t="s">
-        <v>74</v>
+        <v>191</v>
       </c>
       <c r="C34" t="s">
-        <v>150</v>
+        <v>95</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>192</v>
       </c>
       <c r="E34" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>97</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
-      <c r="I34" t="s">
-        <v>77</v>
+      <c r="I34">
+        <v>2012</v>
       </c>
       <c r="J34" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="N34" t="s">
-        <v>151</v>
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>193</v>
+      </c>
+      <c r="P34" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>