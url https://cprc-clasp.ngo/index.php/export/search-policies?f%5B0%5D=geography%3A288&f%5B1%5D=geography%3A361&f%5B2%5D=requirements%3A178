--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,323 +12,391 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -592,703 +660,790 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="78" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="122" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2000</v>
+      </c>
+      <c r="I2">
+        <v>2012</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1994</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1992</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>36</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2001</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2011</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...27 lines deleted...]
-      <c r="J3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...176 lines deleted...]
-      <c r="L7" t="s">
+      <c r="G8" t="s">
         <v>22</v>
-      </c>
-[...27 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H8">
         <v>2006</v>
       </c>
-      <c r="I8" t="s">
-        <v>48</v>
+      <c r="I8">
+        <v>2006</v>
       </c>
       <c r="J8" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
-[...3 lines deleted...]
-        <v>53</v>
+      <c r="H9">
+        <v>2006</v>
+      </c>
+      <c r="I9">
+        <v>2008</v>
+      </c>
+      <c r="J9" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" t="s">
+        <v>66</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...12 lines deleted...]
-      <c r="E9" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9">
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>61</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2006</v>
       </c>
-      <c r="H9">
+      <c r="I11">
         <v>2008</v>
       </c>
-      <c r="I9" t="s">
-[...6 lines deleted...]
-      <c r="L9" t="s">
+      <c r="J11" t="s">
+        <v>61</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M9" t="s">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>61</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...12 lines deleted...]
-      <c r="E10" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F10" t="s">
-[...11 lines deleted...]
-      <c r="J10" t="s">
+      <c r="D13" t="s">
+        <v>85</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...7 lines deleted...]
-        <v>58</v>
+      <c r="G13" t="s">
+        <v>86</v>
+      </c>
+      <c r="H13">
+        <v>2006</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>61</v>
+      </c>
+      <c r="K13" t="s">
+        <v>87</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...123 lines deleted...]
-    <row r="14" spans="1:14">
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="B14" t="s">
-        <v>71</v>
+        <v>90</v>
       </c>
       <c r="C14" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="E14" t="s">
-        <v>73</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>93</v>
+      </c>
+      <c r="G14" t="s">
+        <v>86</v>
+      </c>
+      <c r="H14">
         <v>2016</v>
       </c>
-      <c r="H14"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="K14" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="M14" t="s">
-        <v>23</v>
+        <v>96</v>
       </c>
       <c r="N14" t="s">
-        <v>77</v>
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>