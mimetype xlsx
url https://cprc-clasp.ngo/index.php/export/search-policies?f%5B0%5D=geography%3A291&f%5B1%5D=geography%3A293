--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,701 +12,948 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="259">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
-    <t>August 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -970,2001 +1217,2216 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N44"/>
+  <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1986</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>78</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2025</v>
+      </c>
+      <c r="J11" t="s">
+        <v>85</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>86</v>
+      </c>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>83</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>47</v>
+      </c>
+      <c r="H12">
+        <v>2025</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>85</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>78</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>83</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>76</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>78</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>83</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>76</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>78</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H15">
+        <v>2025</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>100</v>
+      </c>
+      <c r="M15" t="s">
+        <v>78</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>83</v>
+      </c>
+      <c r="D16" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16">
+        <v>2025</v>
+      </c>
+      <c r="J16" t="s">
+        <v>85</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>109</v>
+      </c>
+      <c r="M16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
+        <v>76</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>113</v>
+      </c>
+      <c r="M17" t="s">
+        <v>78</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" t="s">
+        <v>118</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2024</v>
+      </c>
+      <c r="J18" t="s">
+        <v>76</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>119</v>
+      </c>
+      <c r="M18" t="s">
+        <v>78</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>120</v>
+      </c>
+      <c r="P18" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>74</v>
+      </c>
+      <c r="D19" t="s">
+        <v>123</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2024</v>
+      </c>
+      <c r="J19" t="s">
+        <v>76</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>124</v>
+      </c>
+      <c r="M19" t="s">
+        <v>78</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>125</v>
+      </c>
+      <c r="P19" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" t="s">
+        <v>127</v>
+      </c>
+      <c r="C20" t="s">
+        <v>74</v>
+      </c>
+      <c r="D20" t="s">
+        <v>128</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2024</v>
+      </c>
+      <c r="J20" t="s">
+        <v>76</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>129</v>
+      </c>
+      <c r="M20" t="s">
+        <v>78</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>130</v>
+      </c>
+      <c r="P20" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>131</v>
+      </c>
+      <c r="B21" t="s">
+        <v>132</v>
+      </c>
+      <c r="C21" t="s">
+        <v>83</v>
+      </c>
+      <c r="D21" t="s">
+        <v>133</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>76</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>134</v>
+      </c>
+      <c r="M21" t="s">
+        <v>78</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>135</v>
+      </c>
+      <c r="P21" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>136</v>
+      </c>
+      <c r="B22" t="s">
+        <v>137</v>
+      </c>
+      <c r="C22" t="s">
+        <v>83</v>
+      </c>
+      <c r="D22" t="s">
+        <v>133</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" t="s">
+        <v>138</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>54</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>139</v>
+      </c>
+      <c r="M22" t="s">
+        <v>78</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>140</v>
+      </c>
+      <c r="P22" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>142</v>
+      </c>
+      <c r="B23" t="s">
+        <v>143</v>
+      </c>
+      <c r="C23" t="s">
+        <v>83</v>
+      </c>
+      <c r="D23" t="s">
+        <v>144</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>33</v>
+      </c>
+      <c r="G23" t="s">
+        <v>145</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>54</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>146</v>
+      </c>
+      <c r="M23" t="s">
+        <v>78</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>147</v>
+      </c>
+      <c r="P23" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>149</v>
+      </c>
+      <c r="B24" t="s">
+        <v>150</v>
+      </c>
+      <c r="C24" t="s">
+        <v>83</v>
+      </c>
+      <c r="D24" t="s">
+        <v>84</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" t="s">
+        <v>138</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>54</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>151</v>
+      </c>
+      <c r="M24" t="s">
+        <v>78</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>152</v>
+      </c>
+      <c r="P24" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>154</v>
+      </c>
+      <c r="B25" t="s">
+        <v>155</v>
+      </c>
+      <c r="C25" t="s">
+        <v>83</v>
+      </c>
+      <c r="D25" t="s">
+        <v>156</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>138</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>54</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>157</v>
+      </c>
+      <c r="M25" t="s">
+        <v>78</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>158</v>
+      </c>
+      <c r="P25" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>160</v>
+      </c>
+      <c r="B26" t="s">
+        <v>161</v>
+      </c>
+      <c r="C26" t="s">
+        <v>83</v>
+      </c>
+      <c r="D26" t="s">
+        <v>123</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>145</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>54</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>162</v>
+      </c>
+      <c r="M26" t="s">
+        <v>78</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>163</v>
+      </c>
+      <c r="P26" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>165</v>
+      </c>
+      <c r="B27" t="s">
+        <v>166</v>
+      </c>
+      <c r="C27" t="s">
+        <v>83</v>
+      </c>
+      <c r="D27" t="s">
+        <v>167</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>47</v>
+      </c>
+      <c r="H27">
+        <v>2020</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>54</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>168</v>
+      </c>
+      <c r="M27" t="s">
+        <v>78</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>169</v>
+      </c>
+      <c r="P27" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>171</v>
+      </c>
+      <c r="B28" t="s">
+        <v>172</v>
+      </c>
+      <c r="C28" t="s">
+        <v>83</v>
+      </c>
+      <c r="D28" t="s">
+        <v>128</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>173</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>54</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>174</v>
+      </c>
+      <c r="M28" t="s">
+        <v>78</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>175</v>
+      </c>
+      <c r="P28" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>177</v>
+      </c>
+      <c r="B29" t="s">
+        <v>178</v>
+      </c>
+      <c r="C29" t="s">
+        <v>83</v>
+      </c>
+      <c r="D29" t="s">
+        <v>179</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>47</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>54</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>180</v>
+      </c>
+      <c r="M29" t="s">
+        <v>78</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>181</v>
+      </c>
+      <c r="P29" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>183</v>
+      </c>
+      <c r="B30" t="s">
+        <v>183</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>184</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>68</v>
+      </c>
+      <c r="G30" t="s">
+        <v>47</v>
+      </c>
+      <c r="H30">
+        <v>1990</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>34</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>185</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>186</v>
+      </c>
+      <c r="P30" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>188</v>
+      </c>
+      <c r="B31" t="s">
+        <v>188</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>133</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>68</v>
+      </c>
+      <c r="G31" t="s">
+        <v>47</v>
+      </c>
+      <c r="H31">
+        <v>1990</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>34</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>189</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>190</v>
+      </c>
+      <c r="P31" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>192</v>
+      </c>
+      <c r="B32" t="s">
+        <v>193</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>194</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>68</v>
+      </c>
+      <c r="G32" t="s">
+        <v>47</v>
+      </c>
+      <c r="H32">
+        <v>1987</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>34</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>195</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>196</v>
+      </c>
+      <c r="P32" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>198</v>
+      </c>
+      <c r="B33" t="s">
+        <v>199</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>200</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>33</v>
+      </c>
+      <c r="G33" t="s">
+        <v>47</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>34</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>201</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>202</v>
+      </c>
+      <c r="P33" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>204</v>
+      </c>
+      <c r="B34" t="s">
+        <v>205</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>128</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2012</v>
+      </c>
+      <c r="I34">
+        <v>2017</v>
+      </c>
+      <c r="J34" t="s">
+        <v>34</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>206</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>207</v>
+      </c>
+      <c r="P34" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>209</v>
+      </c>
+      <c r="B35" t="s">
+        <v>210</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>211</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>47</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>34</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>212</v>
+      </c>
+      <c r="P35" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>214</v>
+      </c>
+      <c r="B36" t="s">
+        <v>215</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>216</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>47</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>34</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>217</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>218</v>
+      </c>
+      <c r="P36" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>220</v>
+      </c>
+      <c r="B37" t="s">
+        <v>52</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>221</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I37">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J37" t="s">
+        <v>34</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>222</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>223</v>
+      </c>
+      <c r="P37" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>220</v>
+      </c>
+      <c r="B38" t="s">
+        <v>225</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>226</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G38" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H38">
+        <v>2005</v>
+      </c>
+      <c r="I38">
+        <v>2018</v>
+      </c>
+      <c r="J38" t="s">
+        <v>34</v>
+      </c>
+      <c r="K38" t="s">
+        <v>227</v>
+      </c>
+      <c r="L38" t="s">
+        <v>228</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>229</v>
+      </c>
+      <c r="P38" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>230</v>
+      </c>
+      <c r="B39" t="s">
+        <v>231</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>46</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>232</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
+      <c r="J39" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>233</v>
+      </c>
+      <c r="M39" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...23 lines deleted...]
-      <c r="J3" t="s">
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>234</v>
+      </c>
+      <c r="P39" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>235</v>
+      </c>
+      <c r="B40" t="s">
+        <v>236</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>237</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...25 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G40" t="s">
+        <v>47</v>
+      </c>
+      <c r="H40">
+        <v>2008</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>34</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>238</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>239</v>
+      </c>
+      <c r="P40" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>241</v>
+      </c>
+      <c r="B41" t="s">
+        <v>242</v>
+      </c>
+      <c r="C41" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D41" t="s">
+        <v>243</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2002</v>
+      </c>
+      <c r="I41">
+        <v>2006</v>
+      </c>
+      <c r="J41" t="s">
+        <v>34</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>244</v>
+      </c>
+      <c r="M41" t="s">
+        <v>26</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>245</v>
+      </c>
+      <c r="P41" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>247</v>
+      </c>
+      <c r="B42" t="s">
+        <v>248</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>249</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2004</v>
+      </c>
+      <c r="I42">
         <v>2011</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="J42" t="s">
+        <v>34</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>250</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>251</v>
+      </c>
+      <c r="P42" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>253</v>
+      </c>
+      <c r="B43" t="s">
+        <v>254</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>255</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2005</v>
+      </c>
+      <c r="I43">
+        <v>2011</v>
+      </c>
+      <c r="J43" t="s">
         <v>34</v>
       </c>
-      <c r="L4" t="s">
-[...1669 lines deleted...]
-      </c>
       <c r="K43" t="s">
-        <v>186</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>23</v>
+        <v>256</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N43" t="s">
-        <v>187</v>
-[...43 lines deleted...]
-        <v>191</v>
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>257</v>
+      </c>
+      <c r="P43" t="s">
+        <v>258</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>