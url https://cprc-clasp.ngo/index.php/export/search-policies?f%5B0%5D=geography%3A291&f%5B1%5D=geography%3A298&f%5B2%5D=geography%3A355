--- v0 (2025-12-11)
+++ v1 (2026-02-20)
@@ -806,72 +806,72 @@
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -914,60 +914,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
   <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
@@ -1015,156 +1015,156 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
     <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
@@ -3065,51 +3065,51 @@
       </c>
       <c r="P24" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>157</v>
       </c>
       <c r="B25" t="s">
         <v>158</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
         <v>48</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>38</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H25">
         <v>2021</v>
       </c>
       <c r="I25">
         <v>2024</v>
       </c>
       <c r="J25" t="s">
         <v>159</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>160</v>
       </c>
       <c r="M25" t="s">
         <v>25</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
         <v>161</v>
       </c>
@@ -3562,94 +3562,94 @@
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>216</v>
       </c>
       <c r="B35" t="s">
         <v>217</v>
       </c>
       <c r="C35" t="s">
         <v>36</v>
       </c>
       <c r="D35" t="s">
         <v>218</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>204</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>219</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>208</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
         <v>220</v>
       </c>
       <c r="P35" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>221</v>
       </c>
       <c r="B36" t="s">
         <v>222</v>
       </c>
       <c r="C36" t="s">
         <v>36</v>
       </c>
       <c r="D36" t="s">
         <v>81</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>204</v>
       </c>
       <c r="G36" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="H36">
         <v>2015</v>
       </c>
       <c r="I36">
         <v>2019</v>
       </c>
       <c r="J36" t="s">
         <v>206</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
         <v>208</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
         <v>223</v>
       </c>
       <c r="P36" t="s">
         <v>210</v>
@@ -3703,54 +3703,54 @@
         <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>227</v>
       </c>
       <c r="B38" t="s">
         <v>228</v>
       </c>
       <c r="C38" t="s">
         <v>36</v>
       </c>
       <c r="D38" t="s">
         <v>229</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>204</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
-      <c r="H38">
+      <c r="H38"/>
+      <c r="I38">
         <v>2024</v>
       </c>
-      <c r="I38"/>
       <c r="J38" t="s">
         <v>219</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>208</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
         <v>230</v>
       </c>
       <c r="P38" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>231</v>
       </c>
       <c r="B39" t="s">
@@ -3943,54 +3943,54 @@
       </c>
       <c r="P42" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>248</v>
       </c>
       <c r="B43" t="s">
         <v>249</v>
       </c>
       <c r="C43" t="s">
         <v>36</v>
       </c>
       <c r="D43" t="s">
         <v>250</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>204</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>205</v>
       </c>
       <c r="H43">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>219</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>208</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
         <v>251</v>
       </c>
       <c r="P43" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>252</v>
@@ -4135,51 +4135,51 @@
       </c>
       <c r="P46" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>265</v>
       </c>
       <c r="B47" t="s">
         <v>266</v>
       </c>
       <c r="C47" t="s">
         <v>36</v>
       </c>
       <c r="D47" t="s">
         <v>267</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="H47">
         <v>2015</v>
       </c>
       <c r="I47">
         <v>2019</v>
       </c>
       <c r="J47" t="s">
         <v>206</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
         <v>268</v>
       </c>
       <c r="M47" t="s">
         <v>208</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
         <v>269</v>
       </c>
@@ -4279,149 +4279,149 @@
       </c>
       <c r="P49" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>276</v>
       </c>
       <c r="B50" t="s">
         <v>277</v>
       </c>
       <c r="C50" t="s">
         <v>36</v>
       </c>
       <c r="D50" t="s">
         <v>96</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>39</v>
+        <v>119</v>
       </c>
       <c r="H50">
         <v>2011</v>
       </c>
       <c r="I50">
         <v>2022</v>
       </c>
       <c r="J50" t="s">
         <v>206</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
         <v>278</v>
       </c>
       <c r="M50" t="s">
         <v>208</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
         <v>279</v>
       </c>
       <c r="P50" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>280</v>
       </c>
       <c r="B51" t="s">
         <v>281</v>
       </c>
       <c r="C51" t="s">
         <v>36</v>
       </c>
       <c r="D51" t="s">
         <v>96</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="H51">
         <v>2011</v>
       </c>
       <c r="I51">
         <v>2025</v>
       </c>
       <c r="J51" t="s">
         <v>219</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
         <v>208</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
         <v>282</v>
       </c>
       <c r="P51" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>283</v>
       </c>
       <c r="B52" t="s">
         <v>284</v>
       </c>
       <c r="C52" t="s">
         <v>36</v>
       </c>
       <c r="D52" t="s">
         <v>118</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="H52">
         <v>2011</v>
       </c>
       <c r="I52">
         <v>2022</v>
       </c>
       <c r="J52" t="s">
         <v>206</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
         <v>285</v>
       </c>
       <c r="M52" t="s">
         <v>208</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
         <v>286</v>
       </c>
@@ -4477,51 +4477,53 @@
         <v>256</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>290</v>
       </c>
       <c r="B54" t="s">
         <v>291</v>
       </c>
       <c r="C54" t="s">
         <v>36</v>
       </c>
       <c r="D54" t="s">
         <v>101</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
-      <c r="H54"/>
+      <c r="H54">
+        <v>2024</v>
+      </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>219</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>208</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54" t="s">
         <v>292</v>
       </c>
       <c r="P54" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>293</v>
       </c>