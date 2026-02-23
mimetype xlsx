--- v0 (2025-12-11)
+++ v1 (2026-02-23)
@@ -937,72 +937,72 @@
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -1045,60 +1045,60 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
   <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
@@ -1146,153 +1146,153 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
     <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -4117,94 +4117,94 @@
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>274</v>
       </c>
       <c r="B46" t="s">
         <v>275</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
         <v>276</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>155</v>
       </c>
       <c r="G46" t="s">
         <v>50</v>
       </c>
       <c r="H46">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>277</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>267</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>278</v>
       </c>
       <c r="P46" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>279</v>
       </c>
       <c r="B47" t="s">
         <v>280</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
         <v>67</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>155</v>
       </c>
       <c r="G47" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="H47">
         <v>2015</v>
       </c>
       <c r="I47">
         <v>2019</v>
       </c>
       <c r="J47" t="s">
         <v>265</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>267</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
         <v>281</v>
       </c>
       <c r="P47" t="s">
         <v>269</v>
@@ -4258,54 +4258,54 @@
         <v>269</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>285</v>
       </c>
       <c r="B49" t="s">
         <v>286</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
         <v>287</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>155</v>
       </c>
       <c r="G49" t="s">
         <v>50</v>
       </c>
-      <c r="H49">
+      <c r="H49"/>
+      <c r="I49">
         <v>2024</v>
       </c>
-      <c r="I49"/>
       <c r="J49" t="s">
         <v>277</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>267</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
         <v>288</v>
       </c>
       <c r="P49" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>289</v>
       </c>
       <c r="B50" t="s">
@@ -4498,54 +4498,54 @@
       </c>
       <c r="P53" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>306</v>
       </c>
       <c r="B54" t="s">
         <v>307</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
         <v>308</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>155</v>
       </c>
       <c r="G54" t="s">
-        <v>50</v>
+        <v>264</v>
       </c>
       <c r="H54">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>277</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>267</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
         <v>309</v>
       </c>
       <c r="P54" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>310</v>
@@ -4690,51 +4690,51 @@
       </c>
       <c r="P57" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>323</v>
       </c>
       <c r="B58" t="s">
         <v>324</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
         <v>325</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>140</v>
       </c>
       <c r="G58" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="H58">
         <v>2015</v>
       </c>
       <c r="I58">
         <v>2019</v>
       </c>
       <c r="J58" t="s">
         <v>265</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
         <v>326</v>
       </c>
       <c r="M58" t="s">
         <v>267</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
         <v>327</v>
       </c>
@@ -4834,149 +4834,149 @@
       </c>
       <c r="P60" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
         <v>334</v>
       </c>
       <c r="B61" t="s">
         <v>335</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
         <v>82</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>140</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>105</v>
       </c>
       <c r="H61">
         <v>2011</v>
       </c>
       <c r="I61">
         <v>2022</v>
       </c>
       <c r="J61" t="s">
         <v>265</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
         <v>336</v>
       </c>
       <c r="M61" t="s">
         <v>267</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
         <v>337</v>
       </c>
       <c r="P61" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>338</v>
       </c>
       <c r="B62" t="s">
         <v>339</v>
       </c>
       <c r="C62" t="s">
         <v>18</v>
       </c>
       <c r="D62" t="s">
         <v>82</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>140</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H62">
         <v>2011</v>
       </c>
       <c r="I62">
         <v>2025</v>
       </c>
       <c r="J62" t="s">
         <v>277</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
         <v>267</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>340</v>
       </c>
       <c r="P62" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>341</v>
       </c>
       <c r="B63" t="s">
         <v>342</v>
       </c>
       <c r="C63" t="s">
         <v>18</v>
       </c>
       <c r="D63" t="s">
         <v>104</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>140</v>
       </c>
       <c r="G63" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="H63">
         <v>2011</v>
       </c>
       <c r="I63">
         <v>2022</v>
       </c>
       <c r="J63" t="s">
         <v>265</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
         <v>343</v>
       </c>
       <c r="M63" t="s">
         <v>267</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>344</v>
       </c>
@@ -5032,51 +5032,53 @@
         <v>314</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>348</v>
       </c>
       <c r="B65" t="s">
         <v>349</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
         <v>87</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>140</v>
       </c>
       <c r="G65" t="s">
         <v>50</v>
       </c>
-      <c r="H65"/>
+      <c r="H65">
+        <v>2024</v>
+      </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>277</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
         <v>267</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>350</v>
       </c>
       <c r="P65" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>351</v>
       </c>