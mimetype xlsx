--- v0 (2025-12-11)
+++ v1 (2026-02-22)
@@ -9526,51 +9526,51 @@
       </c>
       <c r="P129" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
         <v>665</v>
       </c>
       <c r="B130" t="s">
         <v>666</v>
       </c>
       <c r="C130" t="s">
         <v>38</v>
       </c>
       <c r="D130" t="s">
         <v>351</v>
       </c>
       <c r="E130" t="s">
         <v>40</v>
       </c>
       <c r="F130" t="s">
         <v>352</v>
       </c>
       <c r="G130" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H130">
         <v>2021</v>
       </c>
       <c r="I130">
         <v>2024</v>
       </c>
       <c r="J130" t="s">
         <v>667</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
         <v>668</v>
       </c>
       <c r="M130" t="s">
         <v>42</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
         <v>669</v>
       </c>