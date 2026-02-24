--- v0 (2025-12-13)
+++ v1 (2026-02-24)
@@ -5580,51 +5580,51 @@
       </c>
       <c r="P46" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>296</v>
       </c>
       <c r="B47" t="s">
         <v>297</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
         <v>116</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>117</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H47">
         <v>2021</v>
       </c>
       <c r="I47">
         <v>2024</v>
       </c>
       <c r="J47" t="s">
         <v>298</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
         <v>299</v>
       </c>
       <c r="M47" t="s">
         <v>25</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
         <v>300</v>
       </c>