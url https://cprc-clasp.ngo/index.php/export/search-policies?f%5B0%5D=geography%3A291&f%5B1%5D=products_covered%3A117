--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -17,197 +17,200 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...5 lines deleted...]
-    <t>Ceiling Fans</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>March 2025</t>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>MS 1220:2010
-[...1 lines deleted...]
-                    IEC 60879:1986</t>
+    <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,281 +474,258 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="80" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="117" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="297.213" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2025</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2">
-[...14 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...65 lines deleted...]
-      <c r="K4" t="s">
+      <c r="O3" t="s">
         <v>35</v>
       </c>
-      <c r="L4" t="s">
-[...5 lines deleted...]
-      <c r="N4" t="s">
+      <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>