--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -12,699 +12,976 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
-    <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
+    <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -968,2365 +1245,2588 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N53"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="251.224" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>46</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>76</v>
+      </c>
+      <c r="G10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>70</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>83</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>71</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>59</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>89</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>89</v>
+      </c>
+      <c r="G13" t="s">
+        <v>47</v>
+      </c>
+      <c r="H13">
+        <v>1990</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>95</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>89</v>
+      </c>
+      <c r="G14" t="s">
+        <v>47</v>
+      </c>
+      <c r="H14">
+        <v>1990</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>89</v>
+      </c>
+      <c r="G15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H15">
+        <v>1987</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>47</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>112</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2017</v>
+      </c>
+      <c r="J17" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>118</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>47</v>
+      </c>
+      <c r="H18">
+        <v>2002</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>129</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>132</v>
+      </c>
+      <c r="B20" t="s">
+        <v>52</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>133</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2003</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>134</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>132</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2005</v>
+      </c>
+      <c r="I21">
+        <v>2018</v>
+      </c>
+      <c r="J21" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" t="s">
+        <v>139</v>
+      </c>
+      <c r="L21" t="s">
+        <v>140</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>144</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>47</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2006</v>
+      </c>
+      <c r="J23" t="s">
+        <v>34</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>151</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>152</v>
+      </c>
+      <c r="P23" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>156</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2004</v>
+      </c>
+      <c r="I24">
+        <v>2011</v>
+      </c>
+      <c r="J24" t="s">
+        <v>34</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>157</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>158</v>
+      </c>
+      <c r="P24" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>160</v>
+      </c>
+      <c r="B25" t="s">
+        <v>161</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>162</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2005</v>
+      </c>
+      <c r="I25">
+        <v>2011</v>
+      </c>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>163</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>164</v>
+      </c>
+      <c r="P25" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>166</v>
+      </c>
+      <c r="B26" t="s">
+        <v>167</v>
+      </c>
+      <c r="C26" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>47</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>84</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>168</v>
+      </c>
+      <c r="M26" t="s">
+        <v>71</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>169</v>
+      </c>
+      <c r="P26" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>171</v>
+      </c>
+      <c r="B27" t="s">
+        <v>172</v>
+      </c>
+      <c r="C27" t="s">
+        <v>68</v>
+      </c>
+      <c r="D27" t="s">
+        <v>173</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>47</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>70</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>71</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>174</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>176</v>
+      </c>
+      <c r="B28" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" t="s">
+        <v>68</v>
+      </c>
+      <c r="D28" t="s">
+        <v>128</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28">
+        <v>2021</v>
+      </c>
+      <c r="J28" t="s">
+        <v>84</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>178</v>
+      </c>
+      <c r="M28" t="s">
+        <v>71</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>179</v>
+      </c>
+      <c r="P28" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>181</v>
+      </c>
+      <c r="B29" t="s">
+        <v>182</v>
+      </c>
+      <c r="C29" t="s">
+        <v>68</v>
+      </c>
+      <c r="D29" t="s">
+        <v>69</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>47</v>
+      </c>
+      <c r="H29">
+        <v>2019</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>183</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>71</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>184</v>
+      </c>
+      <c r="P29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>186</v>
+      </c>
+      <c r="B30" t="s">
+        <v>187</v>
+      </c>
+      <c r="C30" t="s">
+        <v>68</v>
+      </c>
+      <c r="D30" t="s">
+        <v>188</v>
+      </c>
+      <c r="E30" t="s">
+        <v>189</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>47</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>183</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>71</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>190</v>
+      </c>
+      <c r="P30"/>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>191</v>
+      </c>
+      <c r="B31" t="s">
+        <v>192</v>
+      </c>
+      <c r="C31" t="s">
+        <v>68</v>
+      </c>
+      <c r="D31" t="s">
+        <v>128</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31">
+        <v>2021</v>
+      </c>
+      <c r="J31" t="s">
+        <v>84</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>178</v>
+      </c>
+      <c r="M31" t="s">
+        <v>71</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>193</v>
+      </c>
+      <c r="P31" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>195</v>
+      </c>
+      <c r="B32" t="s">
+        <v>196</v>
+      </c>
+      <c r="C32" t="s">
+        <v>68</v>
+      </c>
+      <c r="D32" t="s">
+        <v>150</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2005</v>
+      </c>
+      <c r="I32">
+        <v>2015</v>
+      </c>
+      <c r="J32" t="s">
+        <v>84</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>197</v>
+      </c>
+      <c r="M32" t="s">
+        <v>71</v>
+      </c>
+      <c r="N32" t="s">
+        <v>198</v>
+      </c>
+      <c r="O32" t="s">
+        <v>199</v>
+      </c>
+      <c r="P32" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>201</v>
+      </c>
+      <c r="B33" t="s">
+        <v>202</v>
+      </c>
+      <c r="C33" t="s">
+        <v>68</v>
+      </c>
+      <c r="D33" t="s">
+        <v>203</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>33</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2007</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>84</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>204</v>
+      </c>
+      <c r="M33" t="s">
+        <v>71</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>205</v>
+      </c>
+      <c r="P33" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>207</v>
+      </c>
+      <c r="B34" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" t="s">
+        <v>68</v>
+      </c>
+      <c r="D34" t="s">
+        <v>59</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2007</v>
+      </c>
+      <c r="I34">
+        <v>2015</v>
+      </c>
+      <c r="J34" t="s">
+        <v>84</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>209</v>
+      </c>
+      <c r="M34" t="s">
+        <v>71</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>210</v>
+      </c>
+      <c r="P34" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>212</v>
+      </c>
+      <c r="B35" t="s">
+        <v>213</v>
+      </c>
+      <c r="C35" t="s">
+        <v>68</v>
+      </c>
+      <c r="D35" t="s">
+        <v>214</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2007</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
+        <v>84</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>215</v>
+      </c>
+      <c r="M35" t="s">
+        <v>71</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>216</v>
+      </c>
+      <c r="P35" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>218</v>
+      </c>
+      <c r="B36" t="s">
+        <v>219</v>
+      </c>
+      <c r="C36" t="s">
+        <v>68</v>
+      </c>
+      <c r="D36" t="s">
+        <v>63</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2008</v>
+      </c>
+      <c r="I36">
+        <v>2015</v>
+      </c>
+      <c r="J36" t="s">
+        <v>84</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>71</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>220</v>
+      </c>
+      <c r="P36" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>222</v>
+      </c>
+      <c r="B37" t="s">
+        <v>223</v>
+      </c>
+      <c r="C37" t="s">
+        <v>68</v>
+      </c>
+      <c r="D37" t="s">
+        <v>123</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2008</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>84</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>224</v>
+      </c>
+      <c r="M37" t="s">
+        <v>71</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>225</v>
+      </c>
+      <c r="P37" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>227</v>
+      </c>
+      <c r="B38" t="s">
+        <v>228</v>
+      </c>
+      <c r="C38" t="s">
+        <v>68</v>
+      </c>
+      <c r="D38" t="s">
+        <v>133</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...5 lines deleted...]
-      <c r="K2" t="s">
+      <c r="J38" t="s">
+        <v>84</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>71</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>229</v>
+      </c>
+      <c r="P38" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>231</v>
+      </c>
+      <c r="B39" t="s">
+        <v>232</v>
+      </c>
+      <c r="C39" t="s">
+        <v>68</v>
+      </c>
+      <c r="D39" t="s">
+        <v>123</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...116 lines deleted...]
-      <c r="G5">
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39">
         <v>2013</v>
       </c>
-      <c r="H5"/>
-[...68 lines deleted...]
-      <c r="C7" t="s">
+      <c r="J39" t="s">
+        <v>84</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>224</v>
+      </c>
+      <c r="M39" t="s">
+        <v>71</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>233</v>
+      </c>
+      <c r="P39" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>235</v>
+      </c>
+      <c r="B40" t="s">
+        <v>236</v>
+      </c>
+      <c r="C40" t="s">
+        <v>68</v>
+      </c>
+      <c r="D40" t="s">
+        <v>63</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2009</v>
+      </c>
+      <c r="I40">
+        <v>2013</v>
+      </c>
+      <c r="J40" t="s">
+        <v>84</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>71</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>237</v>
+      </c>
+      <c r="P40" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>239</v>
+      </c>
+      <c r="B41" t="s">
+        <v>240</v>
+      </c>
+      <c r="C41" t="s">
+        <v>68</v>
+      </c>
+      <c r="D41" t="s">
+        <v>133</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
         <v>47</v>
       </c>
-      <c r="D7" t="s">
-[...195 lines deleted...]
-      <c r="N11" t="s">
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>70</v>
+      </c>
+      <c r="K41" t="s">
+        <v>241</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>71</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>242</v>
+      </c>
+      <c r="P41" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>244</v>
+      </c>
+      <c r="B42" t="s">
+        <v>245</v>
+      </c>
+      <c r="C42" t="s">
         <v>68</v>
       </c>
-    </row>
-[...1289 lines deleted...]
-      </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
-      <c r="I42" t="s">
-        <v>67</v>
+      <c r="I42">
+        <v>2015</v>
       </c>
       <c r="J42" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="N42" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>247</v>
+      </c>
+      <c r="P42" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>174</v>
+        <v>249</v>
       </c>
       <c r="B43" t="s">
-        <v>55</v>
+        <v>250</v>
       </c>
       <c r="C43" t="s">
+        <v>68</v>
+      </c>
+      <c r="D43" t="s">
+        <v>156</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43">
+        <v>2015</v>
+      </c>
+      <c r="J43" t="s">
+        <v>84</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>71</v>
+      </c>
+      <c r="N43" t="s">
+        <v>198</v>
+      </c>
+      <c r="O43" t="s">
+        <v>251</v>
+      </c>
+      <c r="P43" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>253</v>
+      </c>
+      <c r="B44" t="s">
+        <v>254</v>
+      </c>
+      <c r="C44" t="s">
+        <v>68</v>
+      </c>
+      <c r="D44" t="s">
+        <v>99</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2010</v>
+      </c>
+      <c r="I44">
+        <v>2013</v>
+      </c>
+      <c r="J44" t="s">
+        <v>84</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>255</v>
+      </c>
+      <c r="M44" t="s">
+        <v>71</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>256</v>
+      </c>
+      <c r="P44" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>258</v>
+      </c>
+      <c r="B45" t="s">
+        <v>259</v>
+      </c>
+      <c r="C45" t="s">
+        <v>68</v>
+      </c>
+      <c r="D45" t="s">
+        <v>260</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2010</v>
+      </c>
+      <c r="I45">
+        <v>2019</v>
+      </c>
+      <c r="J45" t="s">
+        <v>183</v>
+      </c>
+      <c r="K45" t="s">
+        <v>261</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>71</v>
+      </c>
+      <c r="N45" t="s">
+        <v>198</v>
+      </c>
+      <c r="O45" t="s">
+        <v>262</v>
+      </c>
+      <c r="P45" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>264</v>
+      </c>
+      <c r="B46" t="s">
+        <v>265</v>
+      </c>
+      <c r="C46" t="s">
+        <v>68</v>
+      </c>
+      <c r="D46" t="s">
+        <v>111</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2012</v>
+      </c>
+      <c r="I46">
+        <v>2015</v>
+      </c>
+      <c r="J46" t="s">
+        <v>84</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>266</v>
+      </c>
+      <c r="M46" t="s">
+        <v>71</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>267</v>
+      </c>
+      <c r="P46" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>269</v>
+      </c>
+      <c r="B47" t="s">
+        <v>270</v>
+      </c>
+      <c r="C47" t="s">
+        <v>68</v>
+      </c>
+      <c r="D47" t="s">
+        <v>271</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
+      <c r="J47" t="s">
+        <v>84</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>266</v>
+      </c>
+      <c r="M47" t="s">
+        <v>71</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>272</v>
+      </c>
+      <c r="P47" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>274</v>
+      </c>
+      <c r="B48" t="s">
+        <v>275</v>
+      </c>
+      <c r="C48" t="s">
+        <v>68</v>
+      </c>
+      <c r="D48" t="s">
+        <v>271</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>47</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>84</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>266</v>
+      </c>
+      <c r="M48" t="s">
+        <v>71</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>276</v>
+      </c>
+      <c r="P48" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>278</v>
+      </c>
+      <c r="B49" t="s">
+        <v>279</v>
+      </c>
+      <c r="C49" t="s">
+        <v>68</v>
+      </c>
+      <c r="D49" t="s">
         <v>117</v>
       </c>
-      <c r="D43" t="s">
-[...53 lines deleted...]
-      <c r="H44">
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2021</v>
+      </c>
+      <c r="J49" t="s">
+        <v>183</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>71</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>280</v>
+      </c>
+      <c r="P49" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>282</v>
+      </c>
+      <c r="B50" t="s">
+        <v>283</v>
+      </c>
+      <c r="C50" t="s">
+        <v>68</v>
+      </c>
+      <c r="D50" t="s">
+        <v>117</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>47</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>84</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>71</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>284</v>
+      </c>
+      <c r="P50" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>286</v>
+      </c>
+      <c r="B51" t="s">
+        <v>287</v>
+      </c>
+      <c r="C51" t="s">
+        <v>68</v>
+      </c>
+      <c r="D51" t="s">
+        <v>288</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2011</v>
+      </c>
+      <c r="I51">
         <v>2013</v>
       </c>
-      <c r="I44" t="s">
-[...301 lines deleted...]
-      </c>
       <c r="J51" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="N51" t="s">
-        <v>196</v>
-[...81 lines deleted...]
-        <v>201</v>
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>289</v>
+      </c>
+      <c r="P51" t="s">
+        <v>290</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>