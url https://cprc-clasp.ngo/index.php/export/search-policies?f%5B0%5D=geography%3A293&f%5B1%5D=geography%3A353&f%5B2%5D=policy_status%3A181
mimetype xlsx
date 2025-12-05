--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,761 +12,978 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1030,2509 +1247,2848 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N56"/>
+  <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="659.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H9">
+        <v>1986</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>1998</v>
       </c>
-      <c r="H3">
-[...28 lines deleted...]
-      <c r="C4" t="s">
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>75</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>76</v>
+      </c>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2008</v>
       </c>
-      <c r="H4">
-[...82 lines deleted...]
-      <c r="G6">
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>77</v>
+      </c>
+      <c r="N11" t="s">
+        <v>84</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>33</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2002</v>
+      </c>
+      <c r="I12">
         <v>2008</v>
       </c>
-      <c r="H6"/>
-[...264 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K12" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>62</v>
+        <v>89</v>
       </c>
       <c r="M12" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="N12" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>84</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="B13" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="C13" t="s">
         <v>74</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2006</v>
+      </c>
+      <c r="J13" t="s">
+        <v>75</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>77</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G13">
-[...11 lines deleted...]
-      <c r="K13" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2007</v>
+      </c>
+      <c r="I14">
+        <v>2012</v>
+      </c>
+      <c r="J14" t="s">
         <v>75</v>
       </c>
-      <c r="L13" t="s">
-[...10 lines deleted...]
-      <c r="A14" t="s">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14" t="s">
         <v>77</v>
       </c>
-      <c r="B14" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="15" spans="1:14">
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="B15" t="s">
-        <v>59</v>
+        <v>101</v>
       </c>
       <c r="C15" t="s">
         <v>74</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="E15" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>68</v>
+      </c>
+      <c r="G15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H15">
         <v>2009</v>
       </c>
-      <c r="H15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
+        <v>75</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>77</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>102</v>
+      </c>
+      <c r="P15" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>105</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>47</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>75</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>106</v>
+      </c>
+      <c r="M16" t="s">
+        <v>77</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>107</v>
+      </c>
+      <c r="P16" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>75</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>111</v>
+      </c>
+      <c r="M17" t="s">
+        <v>77</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>112</v>
+      </c>
+      <c r="P17" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>75</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>116</v>
+      </c>
+      <c r="M18" t="s">
+        <v>77</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>74</v>
+      </c>
+      <c r="D19" t="s">
+        <v>120</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>75</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>121</v>
+      </c>
+      <c r="M19" t="s">
+        <v>77</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>122</v>
+      </c>
+      <c r="P19" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>123</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>74</v>
+      </c>
+      <c r="D20" t="s">
+        <v>125</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
         <v>21</v>
       </c>
-      <c r="K15"/>
-[...29 lines deleted...]
-      <c r="G16">
+      <c r="G20" t="s">
+        <v>47</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>75</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>126</v>
+      </c>
+      <c r="M20" t="s">
+        <v>77</v>
+      </c>
+      <c r="N20" t="s">
+        <v>84</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>128</v>
+      </c>
+      <c r="B21" t="s">
+        <v>129</v>
+      </c>
+      <c r="C21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" t="s">
+        <v>130</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>47</v>
+      </c>
+      <c r="H21">
         <v>2013</v>
       </c>
-      <c r="H16"/>
-[...216 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>104</v>
-[...4 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K21" t="s">
+        <v>131</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N21" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>132</v>
+      </c>
+      <c r="P21" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>106</v>
+        <v>133</v>
       </c>
       <c r="B22" t="s">
-        <v>59</v>
+        <v>134</v>
       </c>
       <c r="C22" t="s">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E22" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>68</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2002</v>
       </c>
-      <c r="I22" t="s">
-        <v>60</v>
+      <c r="I22">
+        <v>2002</v>
       </c>
       <c r="J22" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="K22" t="s">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="L22" t="s">
-        <v>62</v>
+        <v>136</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N22" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>137</v>
+      </c>
+      <c r="P22" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>110</v>
+        <v>138</v>
       </c>
       <c r="B23" t="s">
-        <v>59</v>
+        <v>139</v>
       </c>
       <c r="C23" t="s">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>1998</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2009</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="K23" t="s">
-        <v>111</v>
+        <v>131</v>
       </c>
       <c r="L23" t="s">
-        <v>62</v>
+        <v>140</v>
       </c>
       <c r="M23" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="N23" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>84</v>
+      </c>
+      <c r="O23" t="s">
+        <v>141</v>
+      </c>
+      <c r="P23" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>113</v>
+        <v>142</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>143</v>
       </c>
       <c r="C24" t="s">
-        <v>114</v>
+        <v>74</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>144</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
-      <c r="I24" t="s">
-        <v>60</v>
+      <c r="I24">
+        <v>2012</v>
       </c>
       <c r="J24" t="s">
+        <v>75</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>145</v>
+      </c>
+      <c r="M24" t="s">
+        <v>77</v>
+      </c>
+      <c r="N24" t="s">
+        <v>84</v>
+      </c>
+      <c r="O24" t="s">
+        <v>146</v>
+      </c>
+      <c r="P24" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>147</v>
+      </c>
+      <c r="B25" t="s">
+        <v>148</v>
+      </c>
+      <c r="C25" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" t="s">
+        <v>135</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>33</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>149</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>150</v>
+      </c>
+      <c r="M25" t="s">
+        <v>77</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>151</v>
+      </c>
+      <c r="P25" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>152</v>
+      </c>
+      <c r="B26" t="s">
+        <v>153</v>
+      </c>
+      <c r="C26" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" t="s">
+        <v>154</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K24" t="s">
-[...31 lines deleted...]
-      <c r="G25">
+      <c r="G26" t="s">
+        <v>47</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>75</v>
+      </c>
+      <c r="K26" t="s">
+        <v>131</v>
+      </c>
+      <c r="L26" t="s">
+        <v>155</v>
+      </c>
+      <c r="M26" t="s">
+        <v>77</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>156</v>
+      </c>
+      <c r="P26" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>157</v>
+      </c>
+      <c r="B27" t="s">
+        <v>158</v>
+      </c>
+      <c r="C27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27" t="s">
+        <v>135</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2011</v>
       </c>
-      <c r="H25">
-[...5 lines deleted...]
-      <c r="J25" t="s">
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>75</v>
+      </c>
+      <c r="K27" t="s">
+        <v>131</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>77</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>159</v>
+      </c>
+      <c r="P27" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28" t="s">
+        <v>161</v>
+      </c>
+      <c r="C28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" t="s">
+        <v>130</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>47</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>75</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>162</v>
+      </c>
+      <c r="M28" t="s">
+        <v>77</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>163</v>
+      </c>
+      <c r="P28" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" t="s">
+        <v>74</v>
+      </c>
+      <c r="D29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K25" t="s">
-[...31 lines deleted...]
-      <c r="G26">
+      <c r="G29" t="s">
+        <v>47</v>
+      </c>
+      <c r="H29">
         <v>2013</v>
       </c>
-      <c r="H26"/>
-[...110 lines deleted...]
-      <c r="C29" t="s">
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>75</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>77</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>167</v>
+      </c>
+      <c r="P29" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>168</v>
+      </c>
+      <c r="B30" t="s">
+        <v>169</v>
+      </c>
+      <c r="C30" t="s">
+        <v>74</v>
+      </c>
+      <c r="D30" t="s">
+        <v>170</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2003</v>
+      </c>
+      <c r="I30">
+        <v>2010</v>
+      </c>
+      <c r="J30" t="s">
+        <v>75</v>
+      </c>
+      <c r="K30" t="s">
         <v>131</v>
       </c>
-      <c r="D29" t="s">
-[...62 lines deleted...]
-      </c>
       <c r="L30" t="s">
-        <v>62</v>
+        <v>171</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N30" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>172</v>
+      </c>
+      <c r="P30" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>137</v>
+        <v>173</v>
       </c>
       <c r="B31" t="s">
-        <v>59</v>
+        <v>174</v>
       </c>
       <c r="C31" t="s">
-        <v>138</v>
+        <v>74</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>175</v>
       </c>
       <c r="E31" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>33</v>
+      </c>
+      <c r="G31" t="s">
+        <v>47</v>
+      </c>
+      <c r="H31">
         <v>2002</v>
       </c>
-      <c r="H31"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K31" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>62</v>
+        <v>176</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N31" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>177</v>
+      </c>
+      <c r="P31" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>141</v>
+        <v>178</v>
       </c>
       <c r="B32" t="s">
-        <v>59</v>
+        <v>179</v>
       </c>
       <c r="C32" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32" t="s">
+        <v>40</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>33</v>
       </c>
-      <c r="D32" t="s">
-[...9 lines deleted...]
-        <v>2002</v>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2002</v>
       </c>
-      <c r="I32" t="s">
-        <v>60</v>
+      <c r="I32">
+        <v>2002</v>
       </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K32" t="s">
-        <v>142</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>62</v>
+        <v>180</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N32" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>181</v>
+      </c>
+      <c r="P32" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>144</v>
+        <v>182</v>
       </c>
       <c r="B33" t="s">
-        <v>59</v>
+        <v>183</v>
       </c>
       <c r="C33" t="s">
-        <v>145</v>
+        <v>74</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>184</v>
       </c>
       <c r="E33" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>33</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>1999</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2009</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K33" t="s">
-        <v>146</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>62</v>
+        <v>185</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N33" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>186</v>
+      </c>
+      <c r="P33" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>148</v>
+        <v>187</v>
       </c>
       <c r="B34" t="s">
-        <v>59</v>
+        <v>188</v>
       </c>
       <c r="C34" t="s">
-        <v>149</v>
+        <v>74</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>189</v>
       </c>
       <c r="E34" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>33</v>
+      </c>
+      <c r="G34" t="s">
+        <v>47</v>
+      </c>
+      <c r="H34">
         <v>2004</v>
       </c>
-      <c r="H34"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K34" t="s">
-        <v>150</v>
+        <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>62</v>
+        <v>190</v>
       </c>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N34" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>191</v>
+      </c>
+      <c r="P34" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>152</v>
+        <v>192</v>
       </c>
       <c r="B35" t="s">
-        <v>59</v>
+        <v>193</v>
       </c>
       <c r="C35" t="s">
         <v>74</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="E35" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>33</v>
+      </c>
+      <c r="G35" t="s">
+        <v>47</v>
+      </c>
+      <c r="H35">
         <v>2002</v>
       </c>
-      <c r="H35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K35" t="s">
-        <v>153</v>
+        <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>62</v>
+        <v>194</v>
       </c>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N35" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>195</v>
+      </c>
+      <c r="P35" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>155</v>
+        <v>196</v>
       </c>
       <c r="B36" t="s">
-        <v>59</v>
+        <v>197</v>
       </c>
       <c r="C36" t="s">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E36" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>68</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2002</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2010</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="K36" t="s">
-        <v>156</v>
+        <v>131</v>
       </c>
       <c r="L36" t="s">
-        <v>62</v>
+        <v>198</v>
       </c>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N36" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>199</v>
+      </c>
+      <c r="P36" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>158</v>
+        <v>200</v>
       </c>
       <c r="B37" t="s">
-        <v>59</v>
+        <v>201</v>
       </c>
       <c r="C37" t="s">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E37" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>68</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2002</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2012</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N37" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>202</v>
+      </c>
+      <c r="P37" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>160</v>
+        <v>203</v>
       </c>
       <c r="B38" t="s">
-        <v>59</v>
+        <v>204</v>
       </c>
       <c r="C38" t="s">
-        <v>161</v>
+        <v>74</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="E38" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>33</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2002</v>
       </c>
-      <c r="I38" t="s">
-        <v>60</v>
+      <c r="I38">
+        <v>2002</v>
       </c>
       <c r="J38" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K38" t="s">
-        <v>162</v>
+        <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>62</v>
+        <v>206</v>
       </c>
       <c r="M38" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="N38" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>84</v>
+      </c>
+      <c r="O38" t="s">
+        <v>207</v>
+      </c>
+      <c r="P38" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>164</v>
+        <v>208</v>
       </c>
       <c r="B39" t="s">
-        <v>59</v>
+        <v>209</v>
       </c>
       <c r="C39" t="s">
-        <v>165</v>
+        <v>74</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>210</v>
       </c>
       <c r="E39" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G39">
+        <v>33</v>
+      </c>
+      <c r="G39" t="s">
+        <v>47</v>
+      </c>
+      <c r="H39">
         <v>2009</v>
       </c>
-      <c r="H39"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I39"/>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K39" t="s">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>62</v>
+        <v>111</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N39" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>211</v>
+      </c>
+      <c r="P39" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>167</v>
+        <v>212</v>
       </c>
       <c r="B40" t="s">
-        <v>59</v>
+        <v>213</v>
       </c>
       <c r="C40" t="s">
-        <v>168</v>
+        <v>74</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>214</v>
       </c>
       <c r="E40" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>33</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
-      <c r="I40" t="s">
-        <v>60</v>
+      <c r="I40">
+        <v>2012</v>
       </c>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K40" t="s">
-        <v>169</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>62</v>
+        <v>215</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N40" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>216</v>
+      </c>
+      <c r="P40" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>171</v>
+        <v>217</v>
       </c>
       <c r="B41" t="s">
-        <v>59</v>
+        <v>218</v>
       </c>
       <c r="C41" t="s">
-        <v>172</v>
+        <v>74</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>219</v>
       </c>
       <c r="E41" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>33</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
-      <c r="I41" t="s">
-        <v>60</v>
+      <c r="I41">
+        <v>2012</v>
       </c>
       <c r="J41" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="N41" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>220</v>
+      </c>
+      <c r="P41" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>174</v>
+        <v>221</v>
       </c>
       <c r="B42" t="s">
-        <v>59</v>
+        <v>222</v>
       </c>
       <c r="C42" t="s">
-        <v>175</v>
+        <v>74</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>223</v>
       </c>
       <c r="E42" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>33</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
-      <c r="I42" t="s">
-        <v>60</v>
+      <c r="I42">
+        <v>2012</v>
       </c>
       <c r="J42" t="s">
+        <v>75</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>77</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>224</v>
+      </c>
+      <c r="P42" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>225</v>
+      </c>
+      <c r="B43" t="s">
+        <v>226</v>
+      </c>
+      <c r="C43" t="s">
+        <v>74</v>
+      </c>
+      <c r="D43" t="s">
+        <v>63</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>33</v>
+      </c>
+      <c r="G43" t="s">
+        <v>47</v>
+      </c>
+      <c r="H43">
+        <v>2004</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>75</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>227</v>
+      </c>
+      <c r="M43" t="s">
+        <v>77</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>228</v>
+      </c>
+      <c r="P43" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>229</v>
+      </c>
+      <c r="B44" t="s">
+        <v>229</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>230</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>68</v>
+      </c>
+      <c r="G44" t="s">
+        <v>47</v>
+      </c>
+      <c r="H44">
+        <v>1990</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>34</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>231</v>
+      </c>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>232</v>
+      </c>
+      <c r="P44" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>234</v>
+      </c>
+      <c r="B45" t="s">
+        <v>234</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>175</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>68</v>
+      </c>
+      <c r="G45" t="s">
+        <v>47</v>
+      </c>
+      <c r="H45">
+        <v>1990</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>34</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>235</v>
+      </c>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>236</v>
+      </c>
+      <c r="P45" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>238</v>
+      </c>
+      <c r="B46" t="s">
+        <v>239</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>166</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>68</v>
+      </c>
+      <c r="G46" t="s">
+        <v>47</v>
+      </c>
+      <c r="H46">
+        <v>1987</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>34</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>240</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>241</v>
+      </c>
+      <c r="P46" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>243</v>
+      </c>
+      <c r="B47" t="s">
+        <v>244</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>245</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>33</v>
+      </c>
+      <c r="G47" t="s">
+        <v>47</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>34</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>246</v>
+      </c>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>247</v>
+      </c>
+      <c r="P47" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>249</v>
+      </c>
+      <c r="B48" t="s">
+        <v>250</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>251</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>33</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48">
+        <v>2017</v>
+      </c>
+      <c r="J48" t="s">
+        <v>34</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>252</v>
+      </c>
+      <c r="M48" t="s">
+        <v>26</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>253</v>
+      </c>
+      <c r="P48" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>255</v>
+      </c>
+      <c r="B49" t="s">
+        <v>256</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>120</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K42"/>
-[...29 lines deleted...]
-      <c r="G43">
+      <c r="G49" t="s">
+        <v>47</v>
+      </c>
+      <c r="H49">
+        <v>2002</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>34</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>26</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>257</v>
+      </c>
+      <c r="P49" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>259</v>
+      </c>
+      <c r="B50" t="s">
+        <v>260</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>261</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>47</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>34</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>262</v>
+      </c>
+      <c r="M50" t="s">
+        <v>26</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>263</v>
+      </c>
+      <c r="P50" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>265</v>
+      </c>
+      <c r="B51" t="s">
+        <v>52</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>130</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2003</v>
+      </c>
+      <c r="I51">
+        <v>2018</v>
+      </c>
+      <c r="J51" t="s">
+        <v>34</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>266</v>
+      </c>
+      <c r="M51" t="s">
+        <v>26</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>267</v>
+      </c>
+      <c r="P51" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>265</v>
+      </c>
+      <c r="B52" t="s">
+        <v>269</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>270</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2005</v>
+      </c>
+      <c r="I52">
+        <v>2018</v>
+      </c>
+      <c r="J52" t="s">
+        <v>34</v>
+      </c>
+      <c r="K52" t="s">
+        <v>131</v>
+      </c>
+      <c r="L52" t="s">
+        <v>271</v>
+      </c>
+      <c r="M52" t="s">
+        <v>26</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>272</v>
+      </c>
+      <c r="P52" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>273</v>
+      </c>
+      <c r="B53" t="s">
+        <v>274</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>275</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>47</v>
+      </c>
+      <c r="H53">
+        <v>2008</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>34</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>276</v>
+      </c>
+      <c r="M53" t="s">
+        <v>26</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>277</v>
+      </c>
+      <c r="P53" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>279</v>
+      </c>
+      <c r="B54" t="s">
+        <v>280</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>223</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2002</v>
+      </c>
+      <c r="I54">
+        <v>2006</v>
+      </c>
+      <c r="J54" t="s">
+        <v>34</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>281</v>
+      </c>
+      <c r="M54" t="s">
+        <v>26</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>282</v>
+      </c>
+      <c r="P54" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>284</v>
+      </c>
+      <c r="B55" t="s">
+        <v>285</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>144</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2004</v>
       </c>
-      <c r="H43"/>
-[...3 lines deleted...]
-      <c r="J43" t="s">
+      <c r="I55">
+        <v>2011</v>
+      </c>
+      <c r="J55" t="s">
+        <v>34</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>286</v>
+      </c>
+      <c r="M55" t="s">
+        <v>26</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>287</v>
+      </c>
+      <c r="P55" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>289</v>
+      </c>
+      <c r="B56" t="s">
+        <v>290</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>291</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K43" t="s">
-[...369 lines deleted...]
-      <c r="G52">
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2005</v>
       </c>
-      <c r="H52">
-[...129 lines deleted...]
-      <c r="H55">
+      <c r="I56">
         <v>2011</v>
       </c>
-      <c r="I55" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J56" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="K56" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>23</v>
+        <v>292</v>
       </c>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N56" t="s">
-        <v>223</v>
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>293</v>
+      </c>
+      <c r="P56" t="s">
+        <v>294</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>