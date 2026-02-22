--- v0 (2025-12-11)
+++ v1 (2026-02-22)
@@ -5818,51 +5818,51 @@
       </c>
       <c r="P71" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>326</v>
       </c>
       <c r="B72" t="s">
         <v>327</v>
       </c>
       <c r="C72" t="s">
         <v>68</v>
       </c>
       <c r="D72" t="s">
         <v>328</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>33</v>
       </c>
       <c r="G72" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="H72">
         <v>2021</v>
       </c>
       <c r="I72">
         <v>2024</v>
       </c>
       <c r="J72" t="s">
         <v>329</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
         <v>330</v>
       </c>
       <c r="M72" t="s">
         <v>71</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>331</v>
       </c>